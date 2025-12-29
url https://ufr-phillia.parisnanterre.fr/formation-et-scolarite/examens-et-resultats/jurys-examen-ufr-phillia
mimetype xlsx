--- v0 (2025-11-02)
+++ v1 (2025-12-29)
@@ -6,83 +6,83 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache1.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache2.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/slicers/slicer1.xml" ContentType="application/vnd.ms-excel.slicer+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\upn.parisnanterre.fr\VDI-PROFILS$\Administratif-Data-S1\mjabri\Desktop\ARRETES\24_25\Arr_jury_examen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\upn.parisnanterre.fr\VDI-PROFILS$\Administratif-Data-S1\mjabri\Desktop\UFR PHILLIA - doc de gestion direction\ARRETES\25_26\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="40995" windowHeight="12255"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Segment_Départements">#N/A</definedName>
     <definedName name="Segment_Niv_dipl">#N/A</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{46BE6895-7355-4a93-B00E-2C351335B9C9}">
       <x15:slicerCaches xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicerCache r:id="rId2"/>
         <x14:slicerCache r:id="rId3"/>
       </x15:slicerCaches>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3687" uniqueCount="716">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3749" uniqueCount="719">
   <si>
     <t>Niv dipl</t>
   </si>
   <si>
     <t>Années</t>
   </si>
   <si>
     <t>Ouverts / Fermés 2024-2025</t>
   </si>
   <si>
     <t>Départements</t>
   </si>
   <si>
     <t>Code diplôme</t>
   </si>
   <si>
     <t>VDI</t>
   </si>
   <si>
     <t>Mention</t>
   </si>
   <si>
     <t>Code Etape</t>
   </si>
   <si>
@@ -490,194 +490,158 @@
   <si>
     <t>Information et communication</t>
   </si>
   <si>
     <t>L4CRMM</t>
   </si>
   <si>
     <t>Master 1e an mention Information, communication [Communication rédactionnelle dédiée au multimédia]</t>
   </si>
   <si>
     <t xml:space="preserve">Sciences Humaines et Sociales </t>
   </si>
   <si>
     <t>SEVERO</t>
   </si>
   <si>
     <t>Marta</t>
   </si>
   <si>
     <t>MOURATIDOU</t>
   </si>
   <si>
     <t>Eleni</t>
   </si>
   <si>
-    <t>SEGAULT</t>
-[...4 lines deleted...]
-  <si>
     <t>L4DELI</t>
   </si>
   <si>
     <t>Master 1e an mention Information, communication [Documents électroniques et flux d'informations]</t>
   </si>
   <si>
     <t>PAYEUR</t>
   </si>
   <si>
     <t>Cécile</t>
   </si>
   <si>
     <t>CLAVERIE</t>
   </si>
   <si>
     <t>Camille</t>
   </si>
   <si>
-    <t>MAHE</t>
-[...4 lines deleted...]
-  <si>
     <t>L4DSOC</t>
   </si>
   <si>
     <t>Master 1e an mention Information, communication [Données et société]</t>
   </si>
   <si>
     <t>COMPAGNO</t>
   </si>
   <si>
     <t>Dario</t>
   </si>
   <si>
     <t>LM2HICO</t>
   </si>
   <si>
     <t>L5CRMM</t>
   </si>
   <si>
     <t>Master 2e an mention Information, communication [Communication rédactionnelle dédiée au multimédia]</t>
   </si>
   <si>
     <t>L5DELI</t>
   </si>
   <si>
     <t>Master 2e an mention Information, communication [Documents électroniques et flux d'informations]</t>
   </si>
   <si>
     <t>L5DSOC</t>
   </si>
   <si>
     <t>Master 2e an mention Information, communication [Données et société]</t>
   </si>
   <si>
     <t>Lettres</t>
   </si>
   <si>
     <t>LM1AHIC</t>
   </si>
   <si>
     <t>Humanités et industries créatives</t>
   </si>
   <si>
     <t>L4COPO</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et industries créatives [Communication et promotion des organisations]</t>
   </si>
   <si>
-    <t>Hyppolite</t>
-[...1 lines deleted...]
-  <si>
     <t>Pierre</t>
   </si>
   <si>
-    <t>Barbe</t>
-[...1 lines deleted...]
-  <si>
     <t>Lionel</t>
   </si>
   <si>
     <t>JARDIN</t>
   </si>
   <si>
     <t>Evelyne</t>
   </si>
   <si>
     <t>L4CRED</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et industries créatives [Conception et rédaction éditoriales]</t>
   </si>
   <si>
-    <t>Robic</t>
-[...1 lines deleted...]
-  <si>
     <t>Sylvie</t>
   </si>
   <si>
     <t>PATARIT</t>
   </si>
   <si>
     <t>Laurence</t>
   </si>
   <si>
     <t>L4JCLT</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et industries créatives [Journalisme culturel]</t>
   </si>
   <si>
-    <t>DUVAL</t>
-[...4 lines deleted...]
-  <si>
     <t>L4MCIC</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et industries créatives [Médiation culturelle et interculturelle]</t>
   </si>
   <si>
-    <t>Lebarbier</t>
-[...1 lines deleted...]
-  <si>
     <t>Amandine</t>
   </si>
   <si>
-    <t>HAELTERS</t>
-[...4 lines deleted...]
-  <si>
     <t>LM2AHIC</t>
   </si>
   <si>
     <t>L5COPO</t>
   </si>
   <si>
     <t>Master 2e an mention Humanités et industries créatives [Communication et promotion des organisations]</t>
   </si>
   <si>
     <t>L5CRED</t>
   </si>
   <si>
     <t>Master 2e an mention Humanités et industries créatives [Conception et rédaction éditoriales]</t>
   </si>
   <si>
     <t>L5JCLT</t>
   </si>
   <si>
     <t>Master 2e an mention Humanités et industries créatives [Journalisme culturel]</t>
   </si>
   <si>
     <t>DE FAY</t>
   </si>
   <si>
     <t>Jordane</t>
@@ -694,110 +658,98 @@
   <si>
     <t>Nina</t>
   </si>
   <si>
     <t>LM1ALET</t>
   </si>
   <si>
     <t>L4LFC9</t>
   </si>
   <si>
     <t>EAD</t>
   </si>
   <si>
     <t>Master 1e an mention Lettres [Littératures française et comparée] EAD</t>
   </si>
   <si>
     <t>le Président</t>
   </si>
   <si>
     <t>ZARD</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
-    <t xml:space="preserve">FERRER </t>
-[...1 lines deleted...]
-  <si>
     <t>Véronique</t>
   </si>
   <si>
-    <t>HADDAD</t>
-[...4 lines deleted...]
-  <si>
     <t>L4LFCO</t>
   </si>
   <si>
     <t>Master 1e an mention Lettres [Littératures française et comparée]</t>
   </si>
   <si>
     <t>LM2ALET</t>
   </si>
   <si>
     <t>L5LFC9</t>
   </si>
   <si>
     <t>Master 2e an mention Lettres [Littératures française et comparée] EAD</t>
   </si>
   <si>
     <t>L5LFCO</t>
   </si>
   <si>
     <t>Master 2e an mention Lettres [Littérature française et comparée]</t>
   </si>
   <si>
     <t>Humanités</t>
   </si>
   <si>
     <t>L4HCN9</t>
   </si>
   <si>
     <t>Master 1e année mention Humanités [Humanités classiques et humanités numériques] - A distance</t>
   </si>
   <si>
     <t>la Présidente</t>
   </si>
   <si>
     <t>GRELIER</t>
   </si>
   <si>
     <t>Hélène</t>
   </si>
   <si>
     <t>PIQUEUX</t>
   </si>
   <si>
     <t>Alexa</t>
   </si>
   <si>
-    <t>DENIZOT</t>
-[...1 lines deleted...]
-  <si>
     <t>L4HUCN</t>
   </si>
   <si>
     <t>Master 1e année mention Humanités [Humanités classiques et humanités numériques]</t>
   </si>
   <si>
     <t>L5HCN9</t>
   </si>
   <si>
     <t>Master 2e année mention Humanités [Humanités classiques et humanités numériques] - A distance</t>
   </si>
   <si>
     <t>L5HUCN</t>
   </si>
   <si>
     <t>Master 2e année mention Humanités [Humanités classiques et humanités numériques]</t>
   </si>
   <si>
     <t>Philosophie</t>
   </si>
   <si>
     <t>LM1HPHI</t>
   </si>
   <si>
     <t>L4PH9</t>
@@ -880,59 +832,53 @@
   <si>
     <t>Master 2e année mention Philosophie [Philosophie sociale et politique]</t>
   </si>
   <si>
     <t>Sciences du Langage</t>
   </si>
   <si>
     <t>LM1HSDL</t>
   </si>
   <si>
     <t>Sciences du langage</t>
   </si>
   <si>
     <t>L4FLDL</t>
   </si>
   <si>
     <t>Master 1e an mention Sciences du langage [Fonctionnements linguistiques et dysfonctionnements langagiers]</t>
   </si>
   <si>
     <t>HEIDLMAYR</t>
   </si>
   <si>
     <t>Karin</t>
   </si>
   <si>
-    <t>MELLET</t>
-[...1 lines deleted...]
-  <si>
     <t>Caroline</t>
   </si>
   <si>
-    <t>DE VOGUE</t>
-[...1 lines deleted...]
-  <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>LM1AFLE</t>
   </si>
   <si>
     <t xml:space="preserve"> Français langue étrangère</t>
   </si>
   <si>
     <t>L4IFLG</t>
   </si>
   <si>
     <t>Master 1e an mention Français langue étrangère [Ingénierie de la formation en langues]</t>
   </si>
   <si>
     <t xml:space="preserve">CLAUDEL </t>
   </si>
   <si>
     <t>Chantal</t>
   </si>
   <si>
     <t>BEILLET</t>
   </si>
   <si>
     <t>Marie</t>
@@ -1003,53 +949,50 @@
   <si>
     <t>Transversale</t>
   </si>
   <si>
     <t>LM1AHMG</t>
   </si>
   <si>
     <t>Humanités et management</t>
   </si>
   <si>
     <t>L4BDMI</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et management [Business Development et marketing interculturel]</t>
   </si>
   <si>
     <t>GIADAS CONDE</t>
   </si>
   <si>
     <t>Marcos</t>
   </si>
   <si>
     <t>PÉOUX</t>
   </si>
   <si>
-    <t>Gérard</t>
-[...1 lines deleted...]
-  <si>
     <t>HUMEAU</t>
   </si>
   <si>
     <t>L4DIGM</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et management [Digital management]</t>
   </si>
   <si>
     <t>L4RHI</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et management [Ressources humaines et innovation]</t>
   </si>
   <si>
     <t>LM2AHMG</t>
   </si>
   <si>
     <t>L5BDMI</t>
   </si>
   <si>
     <t>Master 2e an mention Humanités et management [Business Development et marketing interculturel]</t>
   </si>
   <si>
     <t>L5DIGM</t>
@@ -1063,71 +1006,59 @@
   <si>
     <t>Master 2e an mention Humanités et management [Ressources humaines et innovation]</t>
   </si>
   <si>
     <t>L3</t>
   </si>
   <si>
     <t>L1</t>
   </si>
   <si>
     <t>LL2AASP</t>
   </si>
   <si>
     <t>Arts du spectacle</t>
   </si>
   <si>
     <t>L1ASP</t>
   </si>
   <si>
     <t>Licence 1e an mention Arts du spectacle</t>
   </si>
   <si>
     <t xml:space="preserve">HOUCKE </t>
   </si>
   <si>
-    <t>Boully</t>
-[...4 lines deleted...]
-  <si>
     <t>L2</t>
   </si>
   <si>
     <t>L2ASP</t>
   </si>
   <si>
     <t>Licence 2e an mention Arts du spectacle</t>
   </si>
   <si>
-    <t>Damiens</t>
-[...4 lines deleted...]
-  <si>
     <t>David</t>
   </si>
   <si>
     <t>LL2AHUM</t>
   </si>
   <si>
     <t>L1HCAP</t>
   </si>
   <si>
     <t>Double Diplôme Licence 1e année mention Humanités [Humanités classiques, art, patrimoine]-[DU Culture, Langue, rhétorique 1</t>
   </si>
   <si>
     <t>LE MEUR</t>
   </si>
   <si>
     <t>Nadine</t>
   </si>
   <si>
     <t>FAUVINET-RANSON</t>
   </si>
   <si>
     <t>Valérie</t>
   </si>
   <si>
     <t>L1HDEG</t>
@@ -1207,131 +1138,101 @@
   <si>
     <t>Double Diplôme Licence 2e année mention Humanités [Humanités et Sciences humaines] - [DU Culture, Langues, rhétorique 2]</t>
   </si>
   <si>
     <t>L2HSH9</t>
   </si>
   <si>
     <t>Licence 2e année mention Humanités [Humanités et Sciences humaines] - A distance</t>
   </si>
   <si>
     <t>L2HUAS</t>
   </si>
   <si>
     <t>Double Diplôme Licence 2e année mention Humanités [Humanités et arts du spectacle] - [DU Culture, Langues, rhétorique 2]</t>
   </si>
   <si>
     <t>LL2ALET</t>
   </si>
   <si>
     <t>L1LCEI</t>
   </si>
   <si>
     <t>Licence 1e an mention Lettres [Lettres, cultures et échanges internationaux]</t>
   </si>
   <si>
-    <t>Robin</t>
-[...1 lines deleted...]
-  <si>
     <t>Diane</t>
   </si>
   <si>
     <t xml:space="preserve">Madame </t>
   </si>
   <si>
-    <t>Tanniou</t>
-[...1 lines deleted...]
-  <si>
     <t>Florence</t>
   </si>
   <si>
-    <t>Martineau</t>
-[...1 lines deleted...]
-  <si>
     <t>L1LECN</t>
   </si>
   <si>
     <t>Licence 1e an mention Lettres [Lettres, écriture et culture numériques]</t>
   </si>
   <si>
     <t>L1LFC9</t>
   </si>
   <si>
     <t>Licence 1e an mention Lettres [Littérature française, francophone-comparée] - EAD</t>
   </si>
   <si>
     <t>L1LFFC</t>
   </si>
   <si>
     <t>Licence 1e an mention Lettres [Littérature française, francophone et comparée]</t>
   </si>
   <si>
     <t>L1LPPE</t>
   </si>
   <si>
     <t>Licence 1e an mention Lettres [Parcours préparatoire au professorat des écoles]</t>
   </si>
   <si>
-    <t>Laborie</t>
-[...1 lines deleted...]
-  <si>
     <t>Jean-Claude</t>
   </si>
   <si>
-    <t>Desmets</t>
-[...1 lines deleted...]
-  <si>
     <t>Marianne</t>
   </si>
   <si>
-    <t>Verdier</t>
-[...1 lines deleted...]
-  <si>
     <t>L2LCEI</t>
   </si>
   <si>
     <t>Licence 2e an mention Lettres [Lettres, cultures et échanges internationaux]</t>
   </si>
   <si>
-    <t>Boidin</t>
-[...7 lines deleted...]
-  <si>
     <t>LoÏse</t>
   </si>
   <si>
     <t xml:space="preserve">Monsieur </t>
   </si>
   <si>
-    <t>Clerc</t>
-[...1 lines deleted...]
-  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>L2LECN</t>
   </si>
   <si>
     <t>Licence 2e an mention Lettres [Lettres, écriture et culture numériques]</t>
   </si>
   <si>
     <t>L2LFC9</t>
   </si>
   <si>
     <t>Licence 2e an mention Lettres [Littérature française, francophone-comparée] - EAD</t>
   </si>
   <si>
     <t>L2LFFC</t>
   </si>
   <si>
     <t>Licence 2e an mention Lettres [Littérature française, francophone et comparée]</t>
   </si>
   <si>
     <t>L2LPPE</t>
   </si>
   <si>
     <t>Licence 2e an mention Lettres [Parcours préparatoire au professorat des écoles]</t>
@@ -1384,203 +1285,173 @@
   <si>
     <t>REY</t>
   </si>
   <si>
     <t>Anne-Lise</t>
   </si>
   <si>
     <t>L1PHI9</t>
   </si>
   <si>
     <t>Licence 1e année mention Philosophie  - EAD</t>
   </si>
   <si>
     <t>L2DPHI</t>
   </si>
   <si>
     <t>Double Licence 2e année mention Droit - mention Philosophie [Philosophie]</t>
   </si>
   <si>
     <t>L2PHI</t>
   </si>
   <si>
     <t>Licence 2e année mention Philosophie</t>
   </si>
   <si>
-    <t>h</t>
-[...1 lines deleted...]
-  <si>
     <t>Emilie</t>
   </si>
   <si>
     <t>MANIGLIER</t>
   </si>
   <si>
     <t>Patrice</t>
   </si>
   <si>
     <t>SEVERAC</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>L2PHI9</t>
   </si>
   <si>
     <t>Licence 2e année mention Philosophie - EAD</t>
   </si>
   <si>
     <t>HACHE</t>
   </si>
   <si>
     <t>LL2HSDL</t>
   </si>
   <si>
     <t>L1SDL</t>
   </si>
   <si>
     <t>Licence 1e an mention Sciences du langage</t>
   </si>
   <si>
-    <t xml:space="preserve">DE VOGUE </t>
-[...7 lines deleted...]
-  <si>
     <t>Anne</t>
   </si>
   <si>
     <t>LEFEBVRE</t>
   </si>
   <si>
     <t>Julie</t>
   </si>
   <si>
     <t>Sciences du Langage - LLCER</t>
   </si>
   <si>
     <t>L1SDLA</t>
   </si>
   <si>
     <t>Double Licence 1e an mention Sciences du langage - mention LLCER [Anglais] [Sciences du langage]</t>
   </si>
   <si>
     <t>LEHMANN</t>
   </si>
   <si>
     <t>RAINERI</t>
   </si>
   <si>
     <t>Sophie</t>
   </si>
   <si>
-    <t>LECOUVEY</t>
-[...1 lines deleted...]
-  <si>
     <t>L1SDLE</t>
   </si>
   <si>
     <t>Double Licence 1e an mention Sciences du langage - mention LLCER [Espagnol ][Sciences du langage]</t>
   </si>
   <si>
     <t>L2LENS</t>
   </si>
   <si>
     <t>Licence 2e an mention Sciences du langage [Langage et enseignement]</t>
   </si>
   <si>
     <t>VILLOING</t>
   </si>
   <si>
-    <t>PAULEAU</t>
-[...1 lines deleted...]
-  <si>
     <t>Christine</t>
   </si>
   <si>
     <t>L2LGCN</t>
   </si>
   <si>
     <t>Licence 2e an mention Sciences du langage [Langage, cognition et numérique]</t>
   </si>
   <si>
     <t>L2LGSC</t>
   </si>
   <si>
     <t>Licence 2e an mention Sciences du langage [Langage, société et communication]</t>
   </si>
   <si>
     <t>L2SDLA</t>
   </si>
   <si>
     <t>Double Licence 2e an mention Sciences du langage - mention LLCER [Anglais] [Sciences du langage]</t>
   </si>
   <si>
     <t>L2SDLE</t>
   </si>
   <si>
     <t>Double Licence 2e an mention Sciences du langage - mention LLCER [Espagnol] [Sciences du langage]</t>
   </si>
   <si>
     <t>LL3AASP</t>
   </si>
   <si>
     <t>L3CINE</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Cinéma]</t>
   </si>
   <si>
-    <t>Joubert-Laurencin</t>
-[...1 lines deleted...]
-  <si>
     <t>Hervé</t>
   </si>
   <si>
-    <t>Larcher</t>
-[...1 lines deleted...]
-  <si>
     <t>la délivrance du diplôme de Licence.</t>
   </si>
   <si>
     <t>L3THE</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Théâtre]</t>
   </si>
   <si>
-    <t xml:space="preserve">Bouteille-Meister </t>
-[...4 lines deleted...]
-  <si>
     <t>L3TPS</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Théâtre : pratique de la scène ] - Convention avec l'ESAD du TNS de Strasbourg</t>
   </si>
   <si>
     <t>LL3AHUM</t>
   </si>
   <si>
     <t>L3HCAP</t>
   </si>
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Huma classiques, arts, patrimoine] - [DU Culture, Langue, rhétorique 3]</t>
   </si>
   <si>
     <t>L3HDEG</t>
   </si>
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Humanités, Droit, Economie, Gestion] - [DU Culture,Langues,rhétorique 3]</t>
   </si>
   <si>
     <t>L3HDS9</t>
   </si>
   <si>
     <t>Licence 3e année mention Humanités [Humanités et danse] - A distance</t>
@@ -1591,68 +1462,53 @@
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Humanités et Sciences humaines] - [DU Culture, Langues, rhétorique 3]</t>
   </si>
   <si>
     <t>L3HSH9</t>
   </si>
   <si>
     <t>Licence 3e année mention Humanités [Humanités et Sciences humaines] - A distance</t>
   </si>
   <si>
     <t>L3HUAS</t>
   </si>
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Humanités et arts du spectacle] - [DU Culture, Langues, rhétorique 3]</t>
   </si>
   <si>
     <t>LL3ALET</t>
   </si>
   <si>
     <t>L3LCEI</t>
   </si>
   <si>
     <t>Licence 3e an mention Lettres [Lettres, cultures et échanges internationaux]</t>
   </si>
   <si>
-    <t>Drobinsky</t>
-[...7 lines deleted...]
-  <si>
     <t>Agathe</t>
   </si>
   <si>
-    <t xml:space="preserve">Rubio </t>
-[...4 lines deleted...]
-  <si>
     <t>L3LECN</t>
   </si>
   <si>
     <t>Licence 3e an mention Lettres [Lettres, écriture et culture numériques]</t>
   </si>
   <si>
     <t>L3LFC9</t>
   </si>
   <si>
     <t>Licence 3e an mention Lettres [Littérature française, francophone-comparée] - EAD</t>
   </si>
   <si>
     <t>L3LFFC</t>
   </si>
   <si>
     <t>Licence 3e an mention Lettres [Littérature française, francophone et comparée]</t>
   </si>
   <si>
     <t>L3LPPE</t>
   </si>
   <si>
     <t>Licence 3e an mention Lettres [Parcours préparatoire au professorat des écoles]</t>
   </si>
   <si>
     <t>LL3HICO</t>
@@ -1700,56 +1556,50 @@
     <t>Claire</t>
   </si>
   <si>
     <t>BEAUBOIS</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>L3PHI9</t>
   </si>
   <si>
     <t>Licence 3e année mention Philosophie - EAD</t>
   </si>
   <si>
     <t>LL3HSDL</t>
   </si>
   <si>
     <t>L3LENS</t>
   </si>
   <si>
     <t>Licence 3e an mention Sciences du langage [Langage et enseignement]</t>
   </si>
   <si>
     <t>BOGLIOTTI</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nicola</t>
   </si>
   <si>
     <t>L3LGCN</t>
   </si>
   <si>
     <t>Licence 3e an mention Sciences du langage [Langage, cognition et numérique]</t>
   </si>
   <si>
     <t>L3LGSC</t>
   </si>
   <si>
     <t>Licence 3e an mention Sciences du langage [Langage, société et communication]</t>
   </si>
   <si>
     <t>L3SDLA</t>
   </si>
   <si>
     <t>Double Licence 3e an mention Sciences du langage - mention LLCER [Anglais] [Sciences du langage]</t>
   </si>
   <si>
     <t>L3SDLE</t>
   </si>
   <si>
     <t>Double Licence 3e an mention Sciences du langage - mention LLCER [Espagnol] [Sciences du langage]</t>
   </si>
@@ -1861,53 +1711,50 @@
   <si>
     <t>LM2AELT</t>
   </si>
   <si>
     <t>L5ELT</t>
   </si>
   <si>
     <t>Master 2e an mention MEEF, 2nd Degré [Lettres]</t>
   </si>
   <si>
     <t>PRABEL</t>
   </si>
   <si>
     <t>Charly</t>
   </si>
   <si>
     <t xml:space="preserve">1ère année </t>
   </si>
   <si>
     <t xml:space="preserve">2ème année </t>
   </si>
   <si>
     <t>DU</t>
   </si>
   <si>
-    <t>FETE</t>
-[...1 lines deleted...]
-  <si>
     <t>LU9AFA2</t>
   </si>
   <si>
     <t>F.E.T.E</t>
   </si>
   <si>
     <t>LU2FA2</t>
   </si>
   <si>
     <t>Diplôme d'université Français Langue Étrangère niveau A2 (FLE A2) semestre 2</t>
   </si>
   <si>
     <t>HEIMBURGER</t>
   </si>
   <si>
     <t>GANDOULY</t>
   </si>
   <si>
     <t>FOUCAUT</t>
   </si>
   <si>
     <t>LU9AFB1</t>
   </si>
   <si>
     <t>LU2FB1</t>
@@ -1963,83 +1810,74 @@
   <si>
     <t>LU1FC2</t>
   </si>
   <si>
     <t>Diplôme d'université Français Langue Étrangère niveau C2 (FLE C2) - Semestre 2</t>
   </si>
   <si>
     <t>LU9PS2</t>
   </si>
   <si>
     <t>Diplôme d'université Passerelle niveau B2 - Semestre 2</t>
   </si>
   <si>
     <t>marie</t>
   </si>
   <si>
     <t>LU1ALM</t>
   </si>
   <si>
     <t>LU1LM9</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres modernes EAD</t>
   </si>
   <si>
-    <t>BOIDIN</t>
-[...1 lines deleted...]
-  <si>
     <t>CERNOGORA</t>
   </si>
   <si>
     <t>Nadia</t>
   </si>
   <si>
     <t>LEMHAJEB-LEHMANN</t>
   </si>
   <si>
     <t>LU1LMO</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres modernes PRES</t>
   </si>
   <si>
     <t>LU5HNML</t>
   </si>
   <si>
     <t>LU5NML</t>
   </si>
   <si>
     <t>DIU Professeurs et CPE stagiaires - Entrée dans le métier [Lettres]</t>
   </si>
   <si>
-    <t>BERNARD</t>
-[...4 lines deleted...]
-  <si>
     <t>LU5ALCM</t>
   </si>
   <si>
     <t>LU5LCM</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation externe CAPES-CAFEP [Lettres classiques - Lettres modernes]</t>
   </si>
   <si>
     <t>LU0CG9</t>
   </si>
   <si>
     <t>Humanités - LLGL</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Grec niveau élémentaire - A distance</t>
   </si>
   <si>
     <t>MERLIER</t>
   </si>
   <si>
     <t>MÉRY</t>
   </si>
   <si>
     <t>Liza</t>
@@ -2101,62 +1939,50 @@
   <si>
     <t>DENEUX</t>
   </si>
   <si>
     <t>LU1LC9</t>
   </si>
   <si>
     <t xml:space="preserve"> LLGL</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres classiques - A distance</t>
   </si>
   <si>
     <t>LU1LCL</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres classiques PRES</t>
   </si>
   <si>
     <t>LU1OR9</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 1  - A distance</t>
   </si>
   <si>
-    <t>Le Meur</t>
-[...10 lines deleted...]
-  <si>
     <t>LU1ORA</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 1</t>
   </si>
   <si>
     <t>LU2CG9</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Grec niveau supérieur - A distance</t>
   </si>
   <si>
     <t>LU2CL9</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Latin niveau supérieur - A distance</t>
   </si>
   <si>
     <t>LU2CLG</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Grec niveau supérieur</t>
   </si>
   <si>
     <t>LU2CLL</t>
@@ -2297,211 +2123,618 @@
     <t>BOGLIOTI</t>
   </si>
   <si>
     <t>LACHERET</t>
   </si>
   <si>
     <t>Certificat</t>
   </si>
   <si>
     <t>LC9APLF</t>
   </si>
   <si>
     <t>LC9PLF</t>
   </si>
   <si>
     <t>Certificat de Perfectionnement en langue et civilisation françaises - Semestre 2</t>
   </si>
   <si>
     <t>Certificat de Perfectionnement en langue et civilisation françaises - Semestre 1</t>
   </si>
   <si>
     <t>NOM 1 Président</t>
   </si>
   <si>
     <t>Civilités 1 Président</t>
+  </si>
+  <si>
+    <t>GIRARDIN</t>
+  </si>
+  <si>
+    <t>Catherine</t>
+  </si>
+  <si>
+    <t>DAMIENS</t>
+  </si>
+  <si>
+    <t>LESCOT</t>
+  </si>
+  <si>
+    <t>ROBIN</t>
+  </si>
+  <si>
+    <t>TANNIOU</t>
+  </si>
+  <si>
+    <t>LABORIE</t>
+  </si>
+  <si>
+    <t>DESMETS</t>
+  </si>
+  <si>
+    <t>VERDIER</t>
+  </si>
+  <si>
+    <t>LELEVE</t>
+  </si>
+  <si>
+    <t>CLERC</t>
+  </si>
+  <si>
+    <t>LABORE</t>
+  </si>
+  <si>
+    <t>MORIN</t>
+  </si>
+  <si>
+    <t>Céline</t>
+  </si>
+  <si>
+    <t>Loic</t>
+  </si>
+  <si>
+    <t>DUMOULIN</t>
+  </si>
+  <si>
+    <t>Hugo</t>
+  </si>
+  <si>
+    <t>KAHANE</t>
+  </si>
+  <si>
+    <t>Sylvain</t>
+  </si>
+  <si>
+    <t>JOUBERT-LAURENCIN</t>
+  </si>
+  <si>
+    <t>BOUTEILLE MEISTER</t>
+  </si>
+  <si>
+    <t>CLEMENT</t>
+  </si>
+  <si>
+    <t>LECHEVALIER</t>
+  </si>
+  <si>
+    <t>DE LA GORCE</t>
+  </si>
+  <si>
+    <t>Mathieu</t>
+  </si>
+  <si>
+    <t>RAFFARD</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Sulun</t>
+  </si>
+  <si>
+    <t>HYPPOLITE</t>
+  </si>
+  <si>
+    <t>BARBE</t>
+  </si>
+  <si>
+    <t>ROBIC</t>
+  </si>
+  <si>
+    <t>BOS</t>
+  </si>
+  <si>
+    <t>LEBARBIER</t>
+  </si>
+  <si>
+    <t>STEHR</t>
+  </si>
+  <si>
+    <t>Irène</t>
+  </si>
+  <si>
+    <t>Gérald</t>
+  </si>
+  <si>
+    <t>LE RIGNAULT</t>
+  </si>
+  <si>
+    <t>FABRE</t>
+  </si>
+  <si>
+    <t>Isabelle</t>
+  </si>
+  <si>
+    <t>Diplôme d'université Français Langue Étrangère niveau A2 (FLE A2) - Semestre 1</t>
+  </si>
+  <si>
+    <t>Diplôme d'université Français Langue Étrangère niveau B1 (FLE B1) - Semestre 1</t>
+  </si>
+  <si>
+    <t>Diplôme d'université Français Langue Étrangère niveau B2 (FLE B2) - Semestre 1</t>
+  </si>
+  <si>
+    <t>Diplôme d'université Français Langue Étrangère niveau C1 (FLE C1) - Semestre 1</t>
+  </si>
+  <si>
+    <t>Diplôme d'université Passerelle niveau B1 - Semestre 1</t>
+  </si>
+  <si>
+    <t>VEILLAS</t>
+  </si>
+  <si>
+    <t>Karine</t>
+  </si>
+  <si>
+    <t>DUCHENE</t>
+  </si>
+  <si>
+    <t>Pauline</t>
+  </si>
+  <si>
+    <t>DUCHÊNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUMEAU </t>
+  </si>
+  <si>
+    <t>LEMEUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REHBINDER </t>
+  </si>
+  <si>
+    <t>André</t>
+  </si>
+  <si>
+    <t>F.Et.E</t>
+  </si>
+  <si>
+    <t>MAJOREL</t>
+  </si>
+  <si>
+    <t>Jeremy</t>
+  </si>
+  <si>
+    <t>ALCOBA</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>LEROUX</t>
+  </si>
+  <si>
+    <t>PAGES</t>
+  </si>
+  <si>
+    <t>LETOURNEUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-40C]d\ mmmm\ yyyy;@"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color rgb="FF222222"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <color rgb="FF333333"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
       <sz val="11"/>
-      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor theme="7"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="34">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="medium">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
@@ -2519,291 +2752,267 @@
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
-[...23 lines deleted...]
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
@@ -3132,50 +3341,60 @@
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="medium">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </left>
         <right style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </right>
         <top style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </top>
         <bottom style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
@@ -3238,52 +3457,52 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>3990975</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-      <xdr:colOff>85724</xdr:colOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>352424</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9524</xdr:rowOff>
     </xdr:to>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
       <mc:Choice Requires="sle15">
         <xdr:graphicFrame macro="">
           <xdr:nvGraphicFramePr>
             <xdr:cNvPr id="2" name="Niv dipl"/>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2010/slicer">
               <sle:slicer xmlns:sle="http://schemas.microsoft.com/office/drawing/2010/slicer" name="Niv dipl"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
       <mc:Fallback xmlns="">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
@@ -3405,74 +3624,72 @@
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="1"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicerCaches/slicerCache2.xml><?xml version="1.0" encoding="utf-8"?>
 <slicerCacheDefinition xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x" name="Segment_Départements" sourceName="Départements">
   <extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="3"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicers/slicer1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicers xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <slicer name="Niv dipl" cache="Segment_Niv_dipl" caption="Niv dipl" columnCount="7" style="SlicerStyleLight5" rowHeight="241300"/>
   <slicer name="Départements" cache="Segment_Départements" caption="Départements" columnCount="4" style="SlicerStyleLight5" rowHeight="241300"/>
 </slicers>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau5" displayName="Tableau5" ref="A2:AC175" totalsRowShown="0" headerRowDxfId="33" dataDxfId="31" headerRowBorderDxfId="32" tableBorderDxfId="30" totalsRowBorderDxfId="29">
-  <autoFilter ref="A2:AC175"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau5" displayName="Tableau5" ref="A2:AC180" totalsRowShown="0" headerRowDxfId="33" dataDxfId="31" headerRowBorderDxfId="32" tableBorderDxfId="30" totalsRowBorderDxfId="29">
+  <autoFilter ref="A2:AC180"/>
   <sortState ref="A2:AC174">
     <sortCondition ref="D1:D174"/>
   </sortState>
   <tableColumns count="29">
     <tableColumn id="1" name="Niv dipl" dataDxfId="28"/>
     <tableColumn id="27" name="Années" dataDxfId="27"/>
     <tableColumn id="2" name="Ouverts / Fermés 2024-2025" dataDxfId="26"/>
     <tableColumn id="3" name="Départements" dataDxfId="25"/>
     <tableColumn id="4" name="Code diplôme" dataDxfId="24"/>
     <tableColumn id="5" name="VDI" dataDxfId="23"/>
     <tableColumn id="6" name="Mention" dataDxfId="22"/>
     <tableColumn id="7" name="Code Etape" dataDxfId="21"/>
     <tableColumn id="8" name="VET" dataDxfId="20"/>
     <tableColumn id="9" name="Présentiel / EAD" dataDxfId="19"/>
     <tableColumn id="10" name="Parcours Type" dataDxfId="18"/>
     <tableColumn id="11" name="Num AR" dataDxfId="17"/>
     <tableColumn id="12" name="Num AR 2" dataDxfId="16"/>
     <tableColumn id="13" name="CFVU" dataDxfId="15"/>
     <tableColumn id="29" name="Domaines" dataDxfId="14"/>
-    <tableColumn id="14" name="Président / Présidente" dataDxfId="13">
-[...1 lines deleted...]
-    </tableColumn>
+    <tableColumn id="14" name="Président / Présidente" dataDxfId="13"/>
     <tableColumn id="15" name="Civilités 1 Président" dataDxfId="12"/>
     <tableColumn id="16" name="NOM 1 Président" dataDxfId="11"/>
     <tableColumn id="17" name="Prénom 1 / Président" dataDxfId="10"/>
     <tableColumn id="18" name="Civilités 2" dataDxfId="9"/>
     <tableColumn id="19" name="NOM 2" dataDxfId="8"/>
     <tableColumn id="20" name="Prénom 2 / Membre - Assesseur" dataDxfId="7"/>
     <tableColumn id="21" name="Civilités 3" dataDxfId="6"/>
     <tableColumn id="22" name="NOMS 3" dataDxfId="5"/>
     <tableColumn id="23" name="Prénom 3 / Membre - Assesseur" dataDxfId="4"/>
     <tableColumn id="24" name="Civilités 4" dataDxfId="3"/>
     <tableColumn id="25" name="NOM 4" dataDxfId="2"/>
     <tableColumn id="26" name="Prénom 4 " dataDxfId="1"/>
     <tableColumn id="28" name="M2" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium20" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3714,13891 +3931,14173 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AC175"/>
+  <dimension ref="A1:AC180"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="S12" sqref="S12"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="R124" workbookViewId="0">
+      <selection activeCell="AA70" sqref="AA70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.140625" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="15.42578125" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="28.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="9" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="35.42578125" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="16" hidden="1" customWidth="1"/>
-    <col min="11" max="11" width="124.140625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="97.85546875" customWidth="1"/>
     <col min="12" max="12" width="36.85546875" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="31.28515625" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="56" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="19.7109375" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="23" width="15.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="34.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" ht="76.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:29" ht="45" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:29" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13" t="s">
+      <c r="C2" s="10" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>715</v>
+        <v>657</v>
       </c>
       <c r="R2" s="1" t="s">
-        <v>714</v>
+        <v>656</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AA2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AC2" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="C3" s="5" t="s">
+      <c r="A3" s="25" t="s">
+        <v>302</v>
+      </c>
+      <c r="B3" s="26" t="s">
+        <v>500</v>
+      </c>
+      <c r="C3" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="D3" s="10" t="s">
+      <c r="D3" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...14 lines deleted...]
-      <c r="J3" s="5" t="s">
+      <c r="E3" s="26" t="s">
+        <v>303</v>
+      </c>
+      <c r="F3" s="26">
+        <v>201</v>
+      </c>
+      <c r="G3" s="28" t="s">
+        <v>304</v>
+      </c>
+      <c r="H3" s="26" t="s">
+        <v>305</v>
+      </c>
+      <c r="I3" s="26">
+        <v>201</v>
+      </c>
+      <c r="J3" s="26" t="s">
         <v>34</v>
       </c>
-      <c r="K3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="L3" s="5" t="s">
+      <c r="K3" s="29" t="s">
+        <v>306</v>
+      </c>
+      <c r="L3" s="26" t="s">
         <v>36</v>
       </c>
-      <c r="M3" s="5">
+      <c r="M3" s="26">
         <v>48</v>
       </c>
-      <c r="N3" s="6"/>
-      <c r="O3" s="6" t="s">
+      <c r="N3" s="30"/>
+      <c r="O3" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="P3" s="5" t="s">
-[...8 lines deleted...]
-      <c r="S3" s="5" t="s">
+      <c r="P3" s="31" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q3" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="R3" s="31" t="s">
+        <v>307</v>
+      </c>
+      <c r="S3" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="T3" s="5" t="s">
+      <c r="T3" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="U3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V3" s="5" t="s">
+      <c r="U3" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="V3" s="31" t="s">
         <v>117</v>
       </c>
-      <c r="W3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Y3" s="5" t="s">
+      <c r="W3" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="X3" s="31" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y3" s="31" t="s">
         <v>83</v>
       </c>
-      <c r="Z3" s="5"/>
-[...1 lines deleted...]
-      <c r="AB3" s="5"/>
+      <c r="Z3" s="26"/>
+      <c r="AA3" s="26"/>
+      <c r="AB3" s="32"/>
       <c r="AC3" s="5"/>
     </row>
     <row r="4" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A4" s="5" t="s">
-        <v>329</v>
+      <c r="A4" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D4" s="10" t="s">
+      <c r="D4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>322</v>
+        <v>303</v>
       </c>
       <c r="F4" s="5">
         <v>201</v>
       </c>
-      <c r="G4" s="10" t="s">
-        <v>323</v>
+      <c r="G4" s="9" t="s">
+        <v>304</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>330</v>
+        <v>309</v>
       </c>
       <c r="I4" s="5">
         <v>201</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="5" t="s">
-        <v>331</v>
+      <c r="K4" s="12" t="s">
+        <v>310</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="5">
         <v>49</v>
       </c>
       <c r="N4" s="6"/>
       <c r="O4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P4" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W4" s="5" t="s">
+      <c r="P4" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R4" s="20" t="s">
+        <v>658</v>
+      </c>
+      <c r="S4" s="20" t="s">
+        <v>659</v>
+      </c>
+      <c r="T4" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U4" s="16" t="s">
+        <v>660</v>
+      </c>
+      <c r="V4" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="W4" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X4" s="5" t="s">
-[...3 lines deleted...]
-        <v>334</v>
+      <c r="X4" s="16" t="s">
+        <v>661</v>
+      </c>
+      <c r="Y4" s="16" t="s">
+        <v>311</v>
       </c>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
-      <c r="AB4" s="5"/>
+      <c r="AB4" s="34"/>
       <c r="AC4" s="5"/>
     </row>
     <row r="5" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A5" s="5" t="s">
-        <v>320</v>
+      <c r="A5" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="10" t="s">
-        <v>30</v>
+      <c r="D5" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>474</v>
+        <v>435</v>
       </c>
       <c r="F5" s="5">
         <v>201</v>
       </c>
-      <c r="G5" s="10" t="s">
-        <v>323</v>
+      <c r="G5" s="9" t="s">
+        <v>304</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>475</v>
+        <v>436</v>
       </c>
       <c r="I5" s="5">
         <v>201</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K5" s="5" t="s">
-        <v>476</v>
+      <c r="K5" s="12" t="s">
+        <v>314</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="5">
         <v>50</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P5" s="5" t="s">
-[...27 lines deleted...]
-        <v>51</v>
+      <c r="P5" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q5" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R5" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="S5" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="T5" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U5" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="V5" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W5" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X5" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y5" s="16" t="s">
+        <v>318</v>
       </c>
       <c r="Z5" s="5"/>
       <c r="AA5" s="5"/>
-      <c r="AB5" s="5"/>
+      <c r="AB5" s="34"/>
       <c r="AC5" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="6" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A6" s="5" t="s">
-        <v>320</v>
+      <c r="A6" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="10" t="s">
-        <v>30</v>
+      <c r="D6" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>474</v>
+        <v>435</v>
       </c>
       <c r="F6" s="5">
         <v>202</v>
       </c>
-      <c r="G6" s="10" t="s">
-        <v>323</v>
+      <c r="G6" s="9" t="s">
+        <v>304</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="I6" s="5">
         <v>201</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K6" s="5" t="s">
-        <v>482</v>
+      <c r="K6" s="12" t="s">
+        <v>320</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M6" s="5">
         <v>51</v>
       </c>
       <c r="N6" s="6"/>
       <c r="O6" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P6" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W6" s="5" t="s">
+      <c r="P6" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q6" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R6" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="S6" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="T6" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Y6" s="5" t="s">
+      <c r="U6" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="V6" s="16" t="s">
         <v>61</v>
+      </c>
+      <c r="W6" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X6" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y6" s="16" t="s">
+        <v>323</v>
       </c>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
-      <c r="AB6" s="5"/>
+      <c r="AB6" s="34"/>
       <c r="AC6" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="7" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A7" s="5" t="s">
-        <v>320</v>
+      <c r="A7" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="10" t="s">
-        <v>30</v>
+      <c r="D7" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>474</v>
+        <v>435</v>
       </c>
       <c r="F7" s="5">
         <v>203</v>
       </c>
-      <c r="G7" s="10" t="s">
-        <v>323</v>
+      <c r="G7" s="9" t="s">
+        <v>304</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>485</v>
+        <v>442</v>
       </c>
       <c r="I7" s="5">
         <v>201</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K7" s="5" t="s">
-        <v>486</v>
+      <c r="K7" s="12" t="s">
+        <v>325</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M7" s="5">
         <v>52</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="5" t="s">
+      <c r="P7" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q7" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R7" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S7" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T7" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R7" s="5" t="s">
-[...21 lines deleted...]
-        <v>63</v>
+      <c r="U7" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V7" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W7" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X7" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y7" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z7" s="5"/>
       <c r="AA7" s="5"/>
-      <c r="AB7" s="5"/>
+      <c r="AB7" s="34"/>
       <c r="AC7" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="8" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="A8" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="2" t="s">
-        <v>30</v>
+      <c r="D8" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="2">
         <v>201</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8" s="2">
         <v>221</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K8" s="2" t="s">
-        <v>35</v>
+      <c r="K8" s="12" t="s">
+        <v>331</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M8" s="2">
         <v>112</v>
       </c>
       <c r="N8" s="4"/>
-      <c r="O8" s="9" t="s">
+      <c r="O8" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P8" s="2" t="s">
-[...27 lines deleted...]
-        <v>44</v>
+      <c r="P8" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q8" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R8" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S8" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T8" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U8" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V8" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W8" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X8" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y8" s="16" t="s">
+        <v>158</v>
       </c>
       <c r="Z8" s="2"/>
       <c r="AA8" s="2"/>
-      <c r="AB8" s="2"/>
+      <c r="AB8" s="35"/>
       <c r="AC8" s="2"/>
     </row>
     <row r="9" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="A9" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D9" s="2" t="s">
-        <v>30</v>
+      <c r="D9" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F9" s="2">
         <v>201</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>76</v>
       </c>
       <c r="I9" s="2">
         <v>221</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K9" s="2" t="s">
-        <v>77</v>
+      <c r="K9" s="12" t="s">
+        <v>333</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M9" s="2">
         <v>117</v>
       </c>
       <c r="N9" s="4"/>
-      <c r="O9" s="9" t="s">
+      <c r="O9" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P9" s="2" t="s">
-[...27 lines deleted...]
-        <v>44</v>
+      <c r="P9" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q9" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R9" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S9" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T9" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U9" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V9" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W9" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X9" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y9" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
-      <c r="AB9" s="2"/>
+      <c r="AB9" s="35"/>
       <c r="AC9" s="2"/>
     </row>
     <row r="10" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="A10" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B10" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D10" s="2" t="s">
-        <v>30</v>
+      <c r="D10" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="2">
         <v>201</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I10" s="2">
         <v>221</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K10" s="2" t="s">
-        <v>85</v>
+      <c r="K10" s="12" t="s">
+        <v>335</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M10" s="2">
         <v>119</v>
       </c>
       <c r="N10" s="4"/>
-      <c r="O10" s="9" t="s">
+      <c r="O10" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P10" s="2" t="s">
-[...8 lines deleted...]
-      <c r="S10" s="2" t="s">
+      <c r="P10" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q10" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R10" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="S10" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="T10" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U10" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V10" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W10" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X10" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="Y10" s="16" t="s">
         <v>40</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
-      <c r="AB10" s="2"/>
+      <c r="AB10" s="35"/>
       <c r="AC10" s="2"/>
     </row>
-    <row r="11" spans="1:29" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B11" s="8" t="s">
+    <row r="11" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A11" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B11" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D11" s="2" t="s">
-        <v>30</v>
+      <c r="D11" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2">
         <v>201</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I11" s="2">
         <v>201</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K11" s="2" t="s">
-        <v>48</v>
+      <c r="K11" s="12" t="s">
+        <v>338</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M11" s="2">
         <v>113</v>
       </c>
       <c r="N11" s="4"/>
-      <c r="O11" s="9" t="s">
+      <c r="O11" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P11" s="2" t="s">
-[...27 lines deleted...]
-        <v>55</v>
+      <c r="P11" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q11" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R11" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="S11" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="T11" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U11" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="V11" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W11" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X11" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y11" s="16" t="s">
+        <v>318</v>
       </c>
       <c r="Z11" s="2"/>
       <c r="AA11" s="2"/>
-      <c r="AB11" s="2"/>
+      <c r="AB11" s="35"/>
       <c r="AC11" s="2"/>
     </row>
     <row r="12" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="A12" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B12" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D12" s="2" t="s">
-        <v>30</v>
+      <c r="D12" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F12" s="2">
         <v>201</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>66</v>
       </c>
       <c r="I12" s="2">
         <v>201</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K12" s="2" t="s">
-        <v>67</v>
+      <c r="K12" s="12" t="s">
+        <v>340</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M12" s="2">
         <v>115</v>
       </c>
       <c r="N12" s="4"/>
-      <c r="O12" s="9" t="s">
+      <c r="O12" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P12" s="2" t="s">
-[...27 lines deleted...]
-        <v>73</v>
+      <c r="P12" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q12" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R12" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="S12" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="T12" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U12" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="V12" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="W12" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X12" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y12" s="16" t="s">
+        <v>323</v>
       </c>
       <c r="Z12" s="2"/>
       <c r="AA12" s="2"/>
-      <c r="AB12" s="2"/>
+      <c r="AB12" s="35"/>
       <c r="AC12" s="2"/>
     </row>
     <row r="13" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="A13" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B13" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D13" s="2" t="s">
-        <v>30</v>
+      <c r="D13" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="2">
         <v>201</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>88</v>
       </c>
       <c r="I13" s="2">
         <v>201</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K13" s="2" t="s">
-        <v>89</v>
+      <c r="K13" s="12" t="s">
+        <v>342</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M13" s="2">
         <v>121</v>
       </c>
       <c r="N13" s="4"/>
-      <c r="O13" s="9" t="s">
+      <c r="O13" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q13" s="2" t="s">
+      <c r="P13" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q13" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R13" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S13" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T13" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R13" s="2" t="s">
-[...21 lines deleted...]
-        <v>92</v>
+      <c r="U13" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V13" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W13" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X13" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y13" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z13" s="2"/>
       <c r="AA13" s="2"/>
-      <c r="AB13" s="2"/>
+      <c r="AB13" s="35"/>
       <c r="AC13" s="2"/>
     </row>
     <row r="14" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="A14" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B14" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D14" s="2" t="s">
-        <v>30</v>
+      <c r="D14" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2">
         <v>204</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I14" s="2">
         <v>201</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K14" s="2" t="s">
-        <v>59</v>
+      <c r="K14" s="12" t="s">
+        <v>344</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M14" s="2">
         <v>114</v>
       </c>
       <c r="N14" s="4"/>
-      <c r="O14" s="9" t="s">
+      <c r="O14" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q14" s="2" t="s">
+      <c r="P14" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q14" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R14" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S14" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T14" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R14" s="2" t="s">
-[...14 lines deleted...]
-      <c r="W14" s="2" t="s">
+      <c r="U14" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V14" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W14" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X14" s="2" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="X14" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y14" s="16" t="s">
+        <v>158</v>
       </c>
       <c r="Z14" s="2"/>
       <c r="AA14" s="2"/>
-      <c r="AB14" s="2"/>
+      <c r="AB14" s="35"/>
       <c r="AC14" s="2"/>
     </row>
     <row r="15" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="A15" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="2" t="s">
-        <v>30</v>
+      <c r="D15" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="2">
         <v>203</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I15" s="2">
         <v>201</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K15" s="2" t="s">
-        <v>75</v>
+      <c r="K15" s="12" t="s">
+        <v>346</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M15" s="2">
         <v>116</v>
       </c>
       <c r="N15" s="4"/>
-      <c r="O15" s="9" t="s">
+      <c r="O15" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q15" s="2" t="s">
+      <c r="P15" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q15" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R15" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S15" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T15" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R15" s="2" t="s">
-[...14 lines deleted...]
-      <c r="W15" s="2" t="s">
+      <c r="U15" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V15" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W15" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X15" s="2" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="X15" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y15" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
-      <c r="AB15" s="2"/>
+      <c r="AB15" s="35"/>
       <c r="AC15" s="2"/>
     </row>
     <row r="16" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="A16" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B16" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D16" s="2" t="s">
-        <v>30</v>
+      <c r="D16" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="2">
         <v>201</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I16" s="2">
         <v>201</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K16" s="2" t="s">
-        <v>79</v>
+      <c r="K16" s="12" t="s">
+        <v>348</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M16" s="2">
         <v>118</v>
       </c>
       <c r="N16" s="4"/>
-      <c r="O16" s="9" t="s">
+      <c r="O16" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P16" s="2" t="s">
-[...26 lines deleted...]
-      <c r="Y16" s="2" t="s">
+      <c r="P16" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q16" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R16" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="S16" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="T16" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U16" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V16" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W16" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X16" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="Y16" s="16" t="s">
         <v>40</v>
       </c>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
-      <c r="AB16" s="2"/>
+      <c r="AB16" s="35"/>
       <c r="AC16" s="2"/>
     </row>
     <row r="17" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="A17" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B17" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D17" s="2" t="s">
-        <v>30</v>
+      <c r="D17" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="2">
         <v>202</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>86</v>
       </c>
       <c r="I17" s="2">
         <v>201</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K17" s="2" t="s">
-        <v>87</v>
+      <c r="K17" s="12" t="s">
+        <v>351</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M17" s="2">
         <v>120</v>
       </c>
       <c r="N17" s="4"/>
-      <c r="O17" s="9" t="s">
+      <c r="O17" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P17" s="2" t="s">
-[...11 lines deleted...]
-      <c r="T17" s="2" t="s">
+      <c r="P17" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q17" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R17" s="16" t="s">
+        <v>662</v>
+      </c>
+      <c r="S17" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="T17" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U17" s="16" t="s">
+        <v>663</v>
+      </c>
+      <c r="V17" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="W17" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U17" s="2" t="s">
-[...12 lines deleted...]
-        <v>65</v>
+      <c r="X17" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y17" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
-      <c r="AB17" s="2"/>
+      <c r="AB17" s="35"/>
       <c r="AC17" s="2"/>
     </row>
     <row r="18" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="A18" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B18" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D18" s="2" t="s">
-        <v>30</v>
+      <c r="D18" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F18" s="2">
         <v>221</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>95</v>
       </c>
       <c r="I18" s="2">
         <v>221</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K18" s="2" t="s">
-        <v>96</v>
+      <c r="K18" s="12" t="s">
+        <v>356</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M18" s="2">
         <v>122</v>
       </c>
       <c r="N18" s="4"/>
-      <c r="O18" s="9" t="s">
+      <c r="O18" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P18" s="2" t="s">
-[...27 lines deleted...]
-        <v>44</v>
+      <c r="P18" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q18" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R18" s="16" t="s">
+        <v>662</v>
+      </c>
+      <c r="S18" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="T18" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U18" s="16" t="s">
+        <v>663</v>
+      </c>
+      <c r="V18" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="W18" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X18" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y18" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
-      <c r="AB18" s="2"/>
+      <c r="AB18" s="35"/>
       <c r="AC18" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="A19" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B19" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D19" s="2" t="s">
-        <v>30</v>
+      <c r="D19" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F19" s="2">
         <v>203</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I19" s="2">
         <v>221</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K19" s="2" t="s">
-        <v>111</v>
+      <c r="K19" s="12" t="s">
+        <v>358</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M19" s="2">
         <v>128</v>
       </c>
       <c r="N19" s="4"/>
-      <c r="O19" s="9" t="s">
+      <c r="O19" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P19" s="2" t="s">
-[...27 lines deleted...]
-        <v>44</v>
+      <c r="P19" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q19" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R19" s="16" t="s">
+        <v>662</v>
+      </c>
+      <c r="S19" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="T19" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U19" s="16" t="s">
+        <v>663</v>
+      </c>
+      <c r="V19" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="W19" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X19" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y19" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="Z19" s="2"/>
       <c r="AA19" s="2"/>
-      <c r="AB19" s="2"/>
+      <c r="AB19" s="35"/>
       <c r="AC19" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="A20" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B20" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D20" s="2" t="s">
-        <v>30</v>
+      <c r="D20" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F20" s="2">
         <v>202</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>122</v>
       </c>
       <c r="I20" s="2">
         <v>221</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K20" s="2" t="s">
-        <v>123</v>
+      <c r="K20" s="12" t="s">
+        <v>360</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M20" s="2">
         <v>131</v>
       </c>
       <c r="N20" s="4"/>
-      <c r="O20" s="9" t="s">
+      <c r="O20" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P20" s="2" t="s">
-[...27 lines deleted...]
-        <v>44</v>
+      <c r="P20" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q20" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R20" s="16" t="s">
+        <v>662</v>
+      </c>
+      <c r="S20" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="T20" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U20" s="16" t="s">
+        <v>663</v>
+      </c>
+      <c r="V20" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="W20" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X20" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y20" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="Z20" s="2"/>
       <c r="AA20" s="2"/>
-      <c r="AB20" s="2"/>
+      <c r="AB20" s="35"/>
       <c r="AC20" s="2" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="21" spans="1:29" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B21" s="8" t="s">
+    <row r="21" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A21" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B21" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D21" s="2" t="s">
-        <v>30</v>
+      <c r="D21" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F21" s="2">
         <v>202</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I21" s="2">
         <v>201</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K21" s="2" t="s">
-        <v>100</v>
+      <c r="K21" s="12" t="s">
+        <v>362</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M21" s="2">
         <v>123</v>
       </c>
       <c r="N21" s="4"/>
-      <c r="O21" s="9" t="s">
+      <c r="O21" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q21" s="2" t="s">
+      <c r="P21" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q21" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R21" s="2" t="s">
-[...21 lines deleted...]
-        <v>55</v>
+      <c r="R21" s="16" t="s">
+        <v>664</v>
+      </c>
+      <c r="S21" s="16" t="s">
+        <v>363</v>
+      </c>
+      <c r="T21" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U21" s="16" t="s">
+        <v>665</v>
+      </c>
+      <c r="V21" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="W21" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X21" s="16" t="s">
+        <v>666</v>
+      </c>
+      <c r="Y21" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z21" s="2"/>
       <c r="AA21" s="2"/>
-      <c r="AB21" s="2"/>
+      <c r="AB21" s="35"/>
       <c r="AC21" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="A22" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B22" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D22" s="2" t="s">
-        <v>30</v>
+      <c r="D22" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2">
         <v>201</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I22" s="2">
         <v>201</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K22" s="2" t="s">
-        <v>105</v>
+      <c r="K22" s="12" t="s">
+        <v>366</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M22" s="2">
         <v>125</v>
       </c>
       <c r="N22" s="4"/>
-      <c r="O22" s="9" t="s">
+      <c r="O22" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P22" s="2" t="s">
-[...27 lines deleted...]
-        <v>73</v>
+      <c r="P22" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q22" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R22" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="S22" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T22" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U22" s="16" t="s">
+        <v>667</v>
+      </c>
+      <c r="V22" s="16" t="s">
+        <v>367</v>
+      </c>
+      <c r="W22" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X22" s="16" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y22" s="16" t="s">
+        <v>369</v>
       </c>
       <c r="Z22" s="2"/>
       <c r="AA22" s="2"/>
-      <c r="AB22" s="2"/>
+      <c r="AB22" s="35"/>
       <c r="AC22" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="A23" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B23" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D23" s="2" t="s">
-        <v>30</v>
+      <c r="D23" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F23" s="2">
         <v>204</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I23" s="2">
         <v>201</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K23" s="2" t="s">
-        <v>107</v>
+      <c r="K23" s="12" t="s">
+        <v>371</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M23" s="2">
         <v>126</v>
       </c>
       <c r="N23" s="4"/>
-      <c r="O23" s="9" t="s">
+      <c r="O23" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="2" t="s">
+      <c r="P23" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q23" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R23" s="2" t="s">
-[...21 lines deleted...]
-        <v>92</v>
+      <c r="R23" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="S23" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T23" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U23" s="16" t="s">
+        <v>667</v>
+      </c>
+      <c r="V23" s="16" t="s">
+        <v>367</v>
+      </c>
+      <c r="W23" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X23" s="16" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y23" s="16" t="s">
+        <v>369</v>
       </c>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
-      <c r="AB23" s="2"/>
+      <c r="AB23" s="35"/>
       <c r="AC23" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="A24" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B24" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D24" s="2" t="s">
-        <v>30</v>
+      <c r="D24" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F24" s="2">
         <v>203</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I24" s="2">
         <v>201</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K24" s="2" t="s">
-        <v>113</v>
+      <c r="K24" s="12" t="s">
+        <v>373</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M24" s="2">
         <v>129</v>
       </c>
       <c r="N24" s="4"/>
-      <c r="O24" s="9" t="s">
+      <c r="O24" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q24" s="2" t="s">
+      <c r="P24" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q24" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R24" s="2" t="s">
-[...21 lines deleted...]
-        <v>119</v>
+      <c r="R24" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="S24" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T24" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U24" s="16" t="s">
+        <v>667</v>
+      </c>
+      <c r="V24" s="16" t="s">
+        <v>367</v>
+      </c>
+      <c r="W24" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X24" s="16" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y24" s="16" t="s">
+        <v>369</v>
       </c>
       <c r="Z24" s="2"/>
       <c r="AA24" s="2"/>
-      <c r="AB24" s="2"/>
+      <c r="AB24" s="35"/>
       <c r="AC24" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="A25" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B25" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="2" t="s">
-        <v>30</v>
+      <c r="D25" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F25" s="2">
         <v>204</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I25" s="2">
         <v>201</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K25" s="2" t="s">
-        <v>103</v>
+      <c r="K25" s="12" t="s">
+        <v>375</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M25" s="2">
         <v>124</v>
       </c>
       <c r="N25" s="4"/>
-      <c r="O25" s="9" t="s">
+      <c r="O25" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q25" s="2" t="s">
+      <c r="P25" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q25" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R25" s="2" t="s">
-[...21 lines deleted...]
-        <v>65</v>
+      <c r="R25" s="16" t="s">
+        <v>716</v>
+      </c>
+      <c r="S25" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T25" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U25" s="16" t="s">
+        <v>667</v>
+      </c>
+      <c r="V25" s="16" t="s">
+        <v>367</v>
+      </c>
+      <c r="W25" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X25" s="16" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y25" s="16" t="s">
+        <v>369</v>
       </c>
       <c r="Z25" s="2"/>
       <c r="AA25" s="2"/>
-      <c r="AB25" s="2"/>
+      <c r="AB25" s="35"/>
       <c r="AC25" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="A26" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B26" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D26" s="2" t="s">
-        <v>30</v>
+      <c r="D26" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2">
         <v>203</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>108</v>
       </c>
       <c r="I26" s="2">
         <v>201</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K26" s="2" t="s">
-        <v>109</v>
+      <c r="K26" s="12" t="s">
+        <v>377</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M26" s="2">
         <v>127</v>
       </c>
       <c r="N26" s="4"/>
-      <c r="O26" s="9" t="s">
+      <c r="O26" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q26" s="2" t="s">
+      <c r="P26" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q26" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R26" s="2" t="s">
-[...21 lines deleted...]
-        <v>65</v>
+      <c r="R26" s="16" t="s">
+        <v>669</v>
+      </c>
+      <c r="S26" s="16" t="s">
+        <v>363</v>
+      </c>
+      <c r="T26" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U26" s="16" t="s">
+        <v>665</v>
+      </c>
+      <c r="V26" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="W26" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X26" s="16" t="s">
+        <v>666</v>
+      </c>
+      <c r="Y26" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z26" s="2"/>
       <c r="AA26" s="2"/>
-      <c r="AB26" s="2"/>
+      <c r="AB26" s="35"/>
       <c r="AC26" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="A27" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="2" t="s">
-        <v>30</v>
+      <c r="D27" s="13" t="s">
+        <v>126</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F27" s="2">
         <v>201</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I27" s="2">
         <v>201</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K27" s="2" t="s">
-        <v>121</v>
+      <c r="K27" s="12" t="s">
+        <v>380</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M27" s="2">
         <v>130</v>
       </c>
       <c r="N27" s="4"/>
-      <c r="O27" s="9" t="s">
+      <c r="O27" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P27" s="2" t="s">
-[...27 lines deleted...]
-        <v>40</v>
+      <c r="P27" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q27" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R27" s="16" t="s">
+        <v>670</v>
+      </c>
+      <c r="S27" s="16" t="s">
+        <v>671</v>
+      </c>
+      <c r="T27" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U27" s="16" t="s">
+        <v>381</v>
+      </c>
+      <c r="V27" s="16" t="s">
+        <v>382</v>
+      </c>
+      <c r="W27" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X27" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="Y27" s="16" t="s">
+        <v>135</v>
       </c>
       <c r="Z27" s="2"/>
       <c r="AA27" s="2"/>
-      <c r="AB27" s="2"/>
+      <c r="AB27" s="35"/>
       <c r="AC27" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="8" t="s">
+      <c r="A28" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B28" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D28" s="2" t="s">
-        <v>30</v>
+      <c r="D28" s="13" t="s">
+        <v>126</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F28" s="2">
         <v>202</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I28" s="2">
         <v>201</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K28" s="2" t="s">
-        <v>125</v>
+      <c r="K28" s="12" t="s">
+        <v>384</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M28" s="2">
         <v>132</v>
       </c>
       <c r="N28" s="4"/>
-      <c r="O28" s="9" t="s">
+      <c r="O28" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P28" s="2" t="s">
-[...27 lines deleted...]
-        <v>65</v>
+      <c r="P28" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q28" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R28" s="16" t="s">
+        <v>381</v>
+      </c>
+      <c r="S28" s="16" t="s">
+        <v>382</v>
+      </c>
+      <c r="T28" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U28" s="16" t="s">
+        <v>670</v>
+      </c>
+      <c r="V28" s="16" t="s">
+        <v>671</v>
+      </c>
+      <c r="W28" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X28" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="Y28" s="16" t="s">
+        <v>135</v>
       </c>
       <c r="Z28" s="2"/>
       <c r="AA28" s="2"/>
-      <c r="AB28" s="2"/>
+      <c r="AB28" s="35"/>
       <c r="AC28" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A29" s="5" t="s">
-        <v>709</v>
+      <c r="A29" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D29" s="5" t="s">
-        <v>570</v>
+      <c r="D29" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>710</v>
+        <v>652</v>
       </c>
       <c r="F29" s="5">
         <v>201</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>711</v>
+        <v>653</v>
       </c>
       <c r="I29" s="5">
         <v>202</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K29" s="5" t="s">
-        <v>712</v>
+      <c r="K29" s="12" t="s">
+        <v>387</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M29" s="5">
         <v>177</v>
       </c>
       <c r="N29" s="6"/>
       <c r="O29" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P29" s="5" t="s">
-[...27 lines deleted...]
-        <v>594</v>
+      <c r="P29" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q29" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R29" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="S29" s="16" t="s">
+        <v>369</v>
+      </c>
+      <c r="T29" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U29" s="16" t="s">
+        <v>389</v>
+      </c>
+      <c r="V29" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="W29" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X29" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y29" s="16" t="s">
+        <v>223</v>
       </c>
       <c r="Z29" s="5"/>
       <c r="AA29" s="5"/>
-      <c r="AB29" s="5"/>
+      <c r="AB29" s="34"/>
       <c r="AC29" s="5"/>
     </row>
     <row r="30" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A30" s="5" t="s">
-        <v>709</v>
+      <c r="A30" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D30" s="5" t="s">
-        <v>570</v>
+      <c r="D30" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>710</v>
+        <v>652</v>
       </c>
       <c r="F30" s="5">
         <v>201</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>711</v>
+        <v>653</v>
       </c>
       <c r="I30" s="5">
         <v>201</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K30" s="5" t="s">
-        <v>713</v>
+      <c r="K30" s="12" t="s">
+        <v>392</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M30" s="5">
         <v>178</v>
       </c>
       <c r="N30" s="6"/>
       <c r="O30" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P30" s="5" t="s">
-[...27 lines deleted...]
-        <v>594</v>
+      <c r="P30" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q30" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R30" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="S30" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="T30" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U30" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="V30" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="W30" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X30" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="Y30" s="16" t="s">
+        <v>394</v>
       </c>
       <c r="Z30" s="5"/>
       <c r="AA30" s="5"/>
-      <c r="AB30" s="5"/>
+      <c r="AB30" s="34"/>
       <c r="AC30" s="5"/>
     </row>
     <row r="31" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A31" s="5" t="s">
-        <v>569</v>
+      <c r="A31" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D31" s="5" t="s">
-        <v>570</v>
+      <c r="D31" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>571</v>
+        <v>520</v>
       </c>
       <c r="F31" s="5">
         <v>201</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>573</v>
+        <v>522</v>
       </c>
       <c r="I31" s="5">
         <v>201</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K31" s="5" t="s">
-        <v>574</v>
+      <c r="K31" s="12" t="s">
+        <v>396</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M31" s="5">
         <v>2</v>
       </c>
       <c r="N31" s="6"/>
       <c r="O31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P31" s="5" t="s">
-[...27 lines deleted...]
-        <v>40</v>
+      <c r="P31" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q31" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R31" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="S31" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="T31" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U31" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="V31" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="W31" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X31" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="Y31" s="16" t="s">
+        <v>394</v>
       </c>
       <c r="Z31" s="5"/>
       <c r="AA31" s="5"/>
-      <c r="AB31" s="5"/>
+      <c r="AB31" s="34"/>
       <c r="AC31" s="5"/>
     </row>
     <row r="32" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A32" s="5" t="s">
-        <v>569</v>
+      <c r="A32" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D32" s="5" t="s">
-        <v>570</v>
+      <c r="D32" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>578</v>
+        <v>527</v>
       </c>
       <c r="F32" s="5">
         <v>201</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>579</v>
+        <v>528</v>
       </c>
       <c r="I32" s="5">
         <v>201</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K32" s="5" t="s">
-        <v>580</v>
+      <c r="K32" s="12" t="s">
+        <v>398</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M32" s="5">
         <v>4</v>
       </c>
       <c r="N32" s="6"/>
       <c r="O32" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P32" s="5" t="s">
-[...27 lines deleted...]
-        <v>582</v>
+      <c r="P32" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q32" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R32" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="S32" s="16" t="s">
+        <v>369</v>
+      </c>
+      <c r="T32" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U32" s="16" t="s">
+        <v>389</v>
+      </c>
+      <c r="V32" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="W32" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X32" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y32" s="16" t="s">
+        <v>223</v>
       </c>
       <c r="Z32" s="5"/>
       <c r="AA32" s="5"/>
-      <c r="AB32" s="5"/>
+      <c r="AB32" s="34"/>
       <c r="AC32" s="5"/>
     </row>
     <row r="33" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A33" s="5" t="s">
-        <v>569</v>
+      <c r="A33" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D33" s="5" t="s">
-        <v>570</v>
+      <c r="D33" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>583</v>
+        <v>532</v>
       </c>
       <c r="F33" s="5">
         <v>201</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>584</v>
+        <v>533</v>
       </c>
       <c r="I33" s="5">
         <v>201</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K33" s="5" t="s">
-        <v>585</v>
+      <c r="K33" s="12" t="s">
+        <v>400</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M33" s="5">
         <v>6</v>
       </c>
       <c r="N33" s="6"/>
       <c r="O33" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P33" s="5" t="s">
-[...27 lines deleted...]
-        <v>589</v>
+      <c r="P33" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q33" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R33" s="16" t="s">
+        <v>408</v>
+      </c>
+      <c r="S33" s="16" t="s">
+        <v>401</v>
+      </c>
+      <c r="T33" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U33" s="17" t="s">
+        <v>402</v>
+      </c>
+      <c r="V33" s="16" t="s">
+        <v>403</v>
+      </c>
+      <c r="W33" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X33" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y33" s="16" t="s">
+        <v>405</v>
       </c>
       <c r="Z33" s="5"/>
       <c r="AA33" s="5"/>
-      <c r="AB33" s="5"/>
+      <c r="AB33" s="34"/>
       <c r="AC33" s="5"/>
     </row>
     <row r="34" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A34" s="5" t="s">
-        <v>569</v>
+      <c r="A34" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D34" s="5" t="s">
-        <v>570</v>
+      <c r="D34" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>590</v>
+        <v>539</v>
       </c>
       <c r="F34" s="5">
         <v>201</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>591</v>
+        <v>540</v>
       </c>
       <c r="I34" s="5">
         <v>201</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K34" s="5" t="s">
-        <v>592</v>
+      <c r="K34" s="12" t="s">
+        <v>407</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M34" s="5">
         <v>8</v>
       </c>
       <c r="N34" s="6"/>
       <c r="O34" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P34" s="5" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="P34" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q34" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R34" s="16" t="s">
+        <v>408</v>
+      </c>
+      <c r="S34" s="16" t="s">
+        <v>401</v>
+      </c>
+      <c r="T34" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U34" s="17" t="s">
+        <v>402</v>
+      </c>
+      <c r="V34" s="16" t="s">
+        <v>403</v>
+      </c>
+      <c r="W34" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X34" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y34" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="Z34" s="5"/>
+      <c r="AA34" s="5"/>
+      <c r="AB34" s="34"/>
       <c r="AC34" s="5"/>
     </row>
     <row r="35" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A35" s="5" t="s">
-        <v>569</v>
+      <c r="A35" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D35" s="5" t="s">
-        <v>570</v>
+      <c r="D35" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>595</v>
+        <v>544</v>
       </c>
       <c r="F35" s="5">
         <v>201</v>
       </c>
       <c r="G35" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>596</v>
+        <v>545</v>
       </c>
       <c r="I35" s="5">
         <v>201</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K35" s="5" t="s">
-        <v>597</v>
+      <c r="K35" s="12" t="s">
+        <v>411</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M35" s="5">
         <v>9</v>
       </c>
       <c r="N35" s="6"/>
       <c r="O35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P35" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P35" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q35" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R35" s="16" t="s">
+        <v>491</v>
+      </c>
+      <c r="S35" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="T35" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U35" s="16" t="s">
+        <v>270</v>
+      </c>
+      <c r="V35" s="16" t="s">
+        <v>672</v>
+      </c>
+      <c r="W35" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X35" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y35" s="16" t="s">
+        <v>269</v>
       </c>
       <c r="Z35" s="5"/>
       <c r="AA35" s="5"/>
-      <c r="AB35" s="5"/>
+      <c r="AB35" s="34"/>
       <c r="AC35" s="5"/>
     </row>
     <row r="36" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A36" s="5" t="s">
-        <v>569</v>
+      <c r="A36" s="33" t="s">
+        <v>302</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D36" s="5" t="s">
-        <v>570</v>
+      <c r="D36" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>598</v>
+        <v>547</v>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5"/>
-      <c r="K36" s="5" t="s">
-        <v>599</v>
+      <c r="K36" s="12" t="s">
+        <v>417</v>
       </c>
       <c r="L36" s="5"/>
       <c r="M36" s="5"/>
       <c r="N36" s="6"/>
       <c r="O36" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P36" s="5" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="P36" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q36" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R36" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="S36" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T36" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U36" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="V36" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="W36" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X36" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="Y36" s="16" t="s">
+        <v>715</v>
+      </c>
+      <c r="Z36" s="5"/>
+      <c r="AA36" s="5"/>
+      <c r="AB36" s="34"/>
       <c r="AC36" s="5"/>
     </row>
     <row r="37" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="8" t="s">
+      <c r="A37" s="33" t="s">
+        <v>302</v>
+      </c>
+      <c r="B37" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D37" s="2" t="s">
-        <v>215</v>
+      <c r="D37" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="F37" s="2">
         <v>201</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="I37" s="2">
         <v>201</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>187</v>
+      </c>
+      <c r="K37" s="12" t="s">
+        <v>422</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M37" s="2">
         <v>151</v>
       </c>
       <c r="N37" s="4"/>
-      <c r="O37" s="9" t="s">
+      <c r="O37" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P37" s="2" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P37" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q37" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R37" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="S37" s="16" t="s">
+        <v>715</v>
+      </c>
+      <c r="T37" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U37" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="V37" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W37" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X37" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y37" s="16" t="s">
+        <v>420</v>
       </c>
       <c r="Z37" s="2"/>
       <c r="AA37" s="2"/>
-      <c r="AB37" s="2"/>
+      <c r="AB37" s="35"/>
       <c r="AC37" s="2"/>
     </row>
     <row r="38" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="A38" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B38" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D38" s="2" t="s">
-        <v>215</v>
+      <c r="D38" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="F38" s="2">
         <v>201</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="I38" s="2">
         <v>201</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K38" s="2" t="s">
-        <v>225</v>
+      <c r="K38" s="12" t="s">
+        <v>424</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M38" s="2">
         <v>152</v>
       </c>
       <c r="N38" s="4"/>
-      <c r="O38" s="9" t="s">
+      <c r="O38" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P38" s="2" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P38" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q38" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R38" s="16" t="s">
+        <v>425</v>
+      </c>
+      <c r="S38" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="T38" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U38" s="16" t="s">
+        <v>673</v>
+      </c>
+      <c r="V38" s="16" t="s">
+        <v>674</v>
+      </c>
+      <c r="W38" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X38" s="16" t="s">
+        <v>675</v>
+      </c>
+      <c r="Y38" s="16" t="s">
+        <v>676</v>
       </c>
       <c r="Z38" s="2"/>
       <c r="AA38" s="2"/>
-      <c r="AB38" s="2"/>
+      <c r="AB38" s="35"/>
       <c r="AC38" s="2"/>
     </row>
     <row r="39" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="8" t="s">
+      <c r="A39" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B39" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D39" s="2" t="s">
-        <v>215</v>
+      <c r="D39" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="F39" s="2">
         <v>201</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I39" s="2">
         <v>201</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>187</v>
+      </c>
+      <c r="K39" s="12" t="s">
+        <v>428</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M39" s="2">
         <v>153</v>
       </c>
       <c r="N39" s="4"/>
-      <c r="O39" s="9" t="s">
+      <c r="O39" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P39" s="2" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P39" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q39" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R39" s="16" t="s">
+        <v>425</v>
+      </c>
+      <c r="S39" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="T39" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U39" s="16" t="s">
+        <v>673</v>
+      </c>
+      <c r="V39" s="16" t="s">
+        <v>674</v>
+      </c>
+      <c r="W39" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X39" s="16" t="s">
+        <v>675</v>
+      </c>
+      <c r="Y39" s="16" t="s">
+        <v>676</v>
       </c>
       <c r="Z39" s="2"/>
       <c r="AA39" s="2"/>
-      <c r="AB39" s="2"/>
+      <c r="AB39" s="35"/>
       <c r="AC39" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="8" t="s">
+      <c r="A40" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="B40" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D40" s="2" t="s">
-        <v>215</v>
+      <c r="D40" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="F40" s="2">
         <v>201</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="I40" s="2">
         <v>201</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K40" s="2" t="s">
-        <v>229</v>
+      <c r="K40" s="12" t="s">
+        <v>430</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M40" s="2">
         <v>154</v>
       </c>
       <c r="N40" s="4"/>
-      <c r="O40" s="9" t="s">
+      <c r="O40" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P40" s="2" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P40" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q40" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R40" s="16" t="s">
+        <v>425</v>
+      </c>
+      <c r="S40" s="16" t="s">
+        <v>354</v>
+      </c>
+      <c r="T40" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U40" s="16" t="s">
+        <v>673</v>
+      </c>
+      <c r="V40" s="16" t="s">
+        <v>674</v>
+      </c>
+      <c r="W40" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X40" s="16" t="s">
+        <v>675</v>
+      </c>
+      <c r="Y40" s="16" t="s">
+        <v>676</v>
       </c>
       <c r="Z40" s="2"/>
       <c r="AA40" s="2"/>
-      <c r="AB40" s="2"/>
+      <c r="AB40" s="35"/>
       <c r="AC40" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A41" s="5" t="s">
-        <v>321</v>
+      <c r="A41" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D41" s="10" t="s">
-        <v>215</v>
+      <c r="D41" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F41" s="5">
         <v>201</v>
       </c>
-      <c r="G41" s="10" t="s">
-        <v>215</v>
+      <c r="G41" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>336</v>
+        <v>313</v>
       </c>
       <c r="I41" s="5">
         <v>201</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K41" s="5" t="s">
-        <v>337</v>
+      <c r="K41" s="12" t="s">
+        <v>432</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M41" s="5">
         <v>72</v>
       </c>
       <c r="N41" s="6"/>
       <c r="O41" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P41" s="5" t="s">
-[...27 lines deleted...]
-        <v>341</v>
+      <c r="P41" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q41" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R41" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="S41" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T41" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U41" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="V41" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="W41" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X41" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="Y41" s="16" t="s">
+        <v>715</v>
       </c>
       <c r="Z41" s="5"/>
       <c r="AA41" s="5"/>
-      <c r="AB41" s="5"/>
+      <c r="AB41" s="34"/>
       <c r="AC41" s="5"/>
     </row>
     <row r="42" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A42" s="5" t="s">
-        <v>321</v>
+      <c r="A42" s="33" t="s">
+        <v>308</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D42" s="10" t="s">
-        <v>215</v>
+      <c r="D42" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F42" s="5">
         <v>201</v>
       </c>
-      <c r="G42" s="10" t="s">
-        <v>215</v>
+      <c r="G42" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>342</v>
+        <v>319</v>
       </c>
       <c r="I42" s="5">
         <v>201</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K42" s="5" t="s">
-        <v>343</v>
+      <c r="K42" s="12" t="s">
+        <v>434</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M42" s="5">
         <v>73</v>
       </c>
       <c r="N42" s="6"/>
       <c r="O42" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P42" s="5" t="s">
-[...27 lines deleted...]
-        <v>346</v>
+      <c r="P42" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q42" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R42" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="S42" s="16" t="s">
+        <v>715</v>
+      </c>
+      <c r="T42" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U42" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="V42" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W42" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X42" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y42" s="16" t="s">
+        <v>420</v>
       </c>
       <c r="Z42" s="5"/>
       <c r="AA42" s="5"/>
-      <c r="AB42" s="5"/>
+      <c r="AB42" s="34"/>
       <c r="AC42" s="5"/>
     </row>
     <row r="43" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A43" s="5" t="s">
-        <v>321</v>
+      <c r="A43" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D43" s="10" t="s">
-        <v>215</v>
+      <c r="D43" s="13" t="s">
+        <v>30</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F43" s="5">
         <v>201</v>
       </c>
-      <c r="G43" s="10" t="s">
-        <v>215</v>
+      <c r="G43" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>347</v>
+        <v>324</v>
       </c>
       <c r="I43" s="5">
         <v>201</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>187</v>
+      </c>
+      <c r="K43" s="12" t="s">
+        <v>437</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M43" s="5">
         <v>74</v>
       </c>
       <c r="N43" s="6"/>
       <c r="O43" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P43" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T43" s="5" t="s">
+      <c r="P43" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q43" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U43" s="5" t="s">
-[...5 lines deleted...]
-      <c r="W43" s="5" t="s">
+      <c r="R43" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="S43" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="T43" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X43" s="5" t="s">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="U43" s="16" t="s">
+        <v>677</v>
+      </c>
+      <c r="V43" s="16" t="s">
+        <v>438</v>
+      </c>
+      <c r="W43" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X43" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y43" s="16" t="s">
+        <v>51</v>
       </c>
       <c r="Z43" s="5"/>
       <c r="AA43" s="5"/>
-      <c r="AB43" s="5"/>
+      <c r="AB43" s="34"/>
       <c r="AC43" s="5"/>
     </row>
     <row r="44" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A44" s="5" t="s">
-        <v>321</v>
+      <c r="A44" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D44" s="10" t="s">
-        <v>215</v>
+      <c r="D44" s="13" t="s">
+        <v>30</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F44" s="5">
         <v>201</v>
       </c>
-      <c r="G44" s="10" t="s">
-        <v>215</v>
+      <c r="G44" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>353</v>
+        <v>330</v>
       </c>
       <c r="I44" s="5">
         <v>201</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K44" s="5" t="s">
-        <v>354</v>
+      <c r="K44" s="12" t="s">
+        <v>441</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M44" s="5">
         <v>75</v>
       </c>
       <c r="N44" s="6"/>
       <c r="O44" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P44" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T44" s="5" t="s">
+      <c r="P44" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q44" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R44" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="S44" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T44" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U44" s="16" t="s">
+        <v>678</v>
+      </c>
+      <c r="V44" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="W44" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U44" s="5" t="s">
-[...12 lines deleted...]
-        <v>163</v>
+      <c r="X44" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y44" s="16" t="s">
+        <v>61</v>
       </c>
       <c r="Z44" s="5"/>
       <c r="AA44" s="5"/>
-      <c r="AB44" s="5"/>
+      <c r="AB44" s="34"/>
       <c r="AC44" s="5"/>
     </row>
     <row r="45" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A45" s="5" t="s">
-        <v>321</v>
+      <c r="A45" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D45" s="10" t="s">
-        <v>215</v>
+      <c r="D45" s="13" t="s">
+        <v>30</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F45" s="5">
         <v>201</v>
       </c>
-      <c r="G45" s="10" t="s">
-        <v>215</v>
+      <c r="G45" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>355</v>
+        <v>332</v>
       </c>
       <c r="I45" s="5">
         <v>201</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>187</v>
+      </c>
+      <c r="K45" s="12" t="s">
+        <v>443</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M45" s="5">
         <v>76</v>
       </c>
       <c r="N45" s="6"/>
       <c r="O45" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P45" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T45" s="5" t="s">
+      <c r="P45" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q45" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U45" s="5" t="s">
-[...12 lines deleted...]
-        <v>352</v>
+      <c r="R45" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S45" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T45" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U45" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="V45" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="W45" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X45" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y45" s="16" t="s">
+        <v>63</v>
       </c>
       <c r="Z45" s="5"/>
       <c r="AA45" s="5"/>
-      <c r="AB45" s="5"/>
+      <c r="AB45" s="34"/>
       <c r="AC45" s="5"/>
     </row>
     <row r="46" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A46" s="5" t="s">
-        <v>321</v>
+      <c r="A46" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D46" s="10" t="s">
-        <v>215</v>
+      <c r="D46" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F46" s="5">
         <v>201</v>
       </c>
-      <c r="G46" s="10" t="s">
-        <v>215</v>
+      <c r="G46" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>357</v>
+        <v>334</v>
       </c>
       <c r="I46" s="5">
         <v>201</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K46" s="5" t="s">
-        <v>358</v>
+      <c r="K46" s="12" t="s">
+        <v>446</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M46" s="5">
         <v>77</v>
       </c>
       <c r="N46" s="6"/>
       <c r="O46" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P46" s="5" t="s">
-[...27 lines deleted...]
-        <v>40</v>
+      <c r="P46" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q46" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R46" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="S46" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="T46" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U46" s="16" t="s">
+        <v>289</v>
+      </c>
+      <c r="V46" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W46" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X46" s="16" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y46" s="16" t="s">
+        <v>318</v>
       </c>
       <c r="Z46" s="5"/>
       <c r="AA46" s="5"/>
-      <c r="AB46" s="5"/>
+      <c r="AB46" s="34"/>
       <c r="AC46" s="5"/>
     </row>
     <row r="47" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A47" s="5" t="s">
-        <v>329</v>
+      <c r="A47" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D47" s="10" t="s">
-        <v>215</v>
+      <c r="D47" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F47" s="5">
         <v>201</v>
       </c>
-      <c r="G47" s="10" t="s">
-        <v>215</v>
+      <c r="G47" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>360</v>
+        <v>337</v>
       </c>
       <c r="I47" s="5">
         <v>201</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K47" s="5" t="s">
-        <v>361</v>
+      <c r="K47" s="12" t="s">
+        <v>448</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M47" s="5">
         <v>78</v>
       </c>
       <c r="N47" s="6"/>
       <c r="O47" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P47" s="5" t="s">
-[...27 lines deleted...]
-        <v>341</v>
+      <c r="P47" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q47" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R47" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="S47" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="T47" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U47" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="V47" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="W47" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X47" s="16" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y47" s="16" t="s">
+        <v>323</v>
       </c>
       <c r="Z47" s="5"/>
       <c r="AA47" s="5"/>
-      <c r="AB47" s="5"/>
+      <c r="AB47" s="34"/>
       <c r="AC47" s="5"/>
     </row>
     <row r="48" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A48" s="5" t="s">
-        <v>329</v>
+      <c r="A48" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D48" s="10" t="s">
-        <v>215</v>
+      <c r="D48" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F48" s="5">
         <v>201</v>
       </c>
-      <c r="G48" s="10" t="s">
-        <v>215</v>
+      <c r="G48" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>362</v>
+        <v>339</v>
       </c>
       <c r="I48" s="5">
         <v>201</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K48" s="5" t="s">
-        <v>363</v>
+      <c r="K48" s="12" t="s">
+        <v>450</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M48" s="5">
         <v>79</v>
       </c>
       <c r="N48" s="6"/>
       <c r="O48" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P48" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T48" s="5" t="s">
+      <c r="P48" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q48" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R48" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S48" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T48" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U48" s="5" t="s">
-[...5 lines deleted...]
-      <c r="W48" s="5" t="s">
+      <c r="U48" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V48" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W48" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X48" s="5" t="s">
-[...3 lines deleted...]
-        <v>346</v>
+      <c r="X48" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y48" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z48" s="5"/>
       <c r="AA48" s="5"/>
-      <c r="AB48" s="5"/>
+      <c r="AB48" s="34"/>
       <c r="AC48" s="5"/>
     </row>
     <row r="49" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A49" s="5" t="s">
-        <v>329</v>
+      <c r="A49" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D49" s="10" t="s">
-        <v>215</v>
+      <c r="D49" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F49" s="5">
         <v>201</v>
       </c>
-      <c r="G49" s="10" t="s">
-        <v>215</v>
+      <c r="G49" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>364</v>
+        <v>341</v>
       </c>
       <c r="I49" s="5">
         <v>201</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>187</v>
+      </c>
+      <c r="K49" s="12" t="s">
+        <v>452</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M49" s="5">
         <v>80</v>
       </c>
       <c r="N49" s="6"/>
       <c r="O49" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P49" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T49" s="5" t="s">
+      <c r="P49" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q49" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R49" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S49" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T49" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U49" s="5" t="s">
-[...5 lines deleted...]
-      <c r="W49" s="5" t="s">
+      <c r="U49" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V49" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W49" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X49" s="5" t="s">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="X49" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y49" s="16" t="s">
+        <v>158</v>
       </c>
       <c r="Z49" s="5"/>
       <c r="AA49" s="5"/>
-      <c r="AB49" s="5"/>
+      <c r="AB49" s="34"/>
       <c r="AC49" s="5"/>
     </row>
     <row r="50" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A50" s="5" t="s">
-        <v>329</v>
+      <c r="A50" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D50" s="10" t="s">
-        <v>215</v>
+      <c r="D50" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F50" s="5">
         <v>201</v>
       </c>
-      <c r="G50" s="10" t="s">
-        <v>215</v>
+      <c r="G50" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>366</v>
+        <v>343</v>
       </c>
       <c r="I50" s="5">
         <v>201</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K50" s="5" t="s">
-        <v>367</v>
+      <c r="K50" s="12" t="s">
+        <v>454</v>
       </c>
       <c r="L50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M50" s="5">
         <v>81</v>
       </c>
       <c r="N50" s="6"/>
       <c r="O50" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P50" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T50" s="5" t="s">
+      <c r="P50" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q50" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R50" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="S50" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T50" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U50" s="5" t="s">
-[...5 lines deleted...]
-      <c r="W50" s="5" t="s">
+      <c r="U50" s="16" t="s">
+        <v>327</v>
+      </c>
+      <c r="V50" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="W50" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X50" s="5" t="s">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="X50" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y50" s="16" t="s">
+        <v>329</v>
       </c>
       <c r="Z50" s="5"/>
       <c r="AA50" s="5"/>
-      <c r="AB50" s="5"/>
+      <c r="AB50" s="34"/>
       <c r="AC50" s="5"/>
     </row>
     <row r="51" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A51" s="5" t="s">
-        <v>329</v>
+      <c r="A51" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D51" s="10" t="s">
-        <v>215</v>
+      <c r="D51" s="13" t="s">
+        <v>200</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F51" s="5">
         <v>201</v>
       </c>
-      <c r="G51" s="10" t="s">
-        <v>215</v>
+      <c r="G51" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>368</v>
+        <v>345</v>
       </c>
       <c r="I51" s="5">
         <v>201</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>187</v>
+      </c>
+      <c r="K51" s="12" t="s">
+        <v>456</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M51" s="5">
         <v>82</v>
       </c>
       <c r="N51" s="6"/>
       <c r="O51" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P51" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T51" s="5" t="s">
+      <c r="P51" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q51" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U51" s="5" t="s">
-[...12 lines deleted...]
-        <v>352</v>
+      <c r="R51" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="S51" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="T51" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U51" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V51" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W51" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X51" s="16" t="s">
+        <v>336</v>
+      </c>
+      <c r="Y51" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="Z51" s="5"/>
       <c r="AA51" s="5"/>
-      <c r="AB51" s="5"/>
+      <c r="AB51" s="34"/>
       <c r="AC51" s="5"/>
     </row>
     <row r="52" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A52" s="5" t="s">
-        <v>329</v>
+      <c r="A52" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D52" s="10" t="s">
-        <v>215</v>
+      <c r="D52" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>335</v>
+        <v>312</v>
       </c>
       <c r="F52" s="5">
         <v>201</v>
       </c>
-      <c r="G52" s="10" t="s">
-        <v>215</v>
+      <c r="G52" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>370</v>
+        <v>347</v>
       </c>
       <c r="I52" s="5">
         <v>201</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K52" s="5" t="s">
-        <v>371</v>
+      <c r="K52" s="12" t="s">
+        <v>459</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M52" s="5">
         <v>83</v>
       </c>
       <c r="N52" s="6"/>
       <c r="O52" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P52" s="5" t="s">
-[...27 lines deleted...]
-        <v>40</v>
+      <c r="P52" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q52" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R52" s="16" t="s">
+        <v>679</v>
+      </c>
+      <c r="S52" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="T52" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U52" s="16" t="s">
+        <v>680</v>
+      </c>
+      <c r="V52" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="W52" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X52" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y52" s="16" t="s">
+        <v>682</v>
       </c>
       <c r="Z52" s="5"/>
       <c r="AA52" s="5"/>
-      <c r="AB52" s="5"/>
+      <c r="AB52" s="34"/>
       <c r="AC52" s="5"/>
     </row>
     <row r="53" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A53" s="5" t="s">
-        <v>320</v>
+      <c r="A53" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D53" s="10" t="s">
-        <v>215</v>
+      <c r="D53" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F53" s="5">
         <v>201</v>
       </c>
-      <c r="G53" s="10" t="s">
-        <v>215</v>
+      <c r="G53" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>488</v>
+        <v>445</v>
       </c>
       <c r="I53" s="5">
         <v>201</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K53" s="5" t="s">
-        <v>489</v>
+      <c r="K53" s="12" t="s">
+        <v>462</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M53" s="5">
         <v>84</v>
       </c>
       <c r="N53" s="6"/>
       <c r="O53" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P53" s="5" t="s">
-[...27 lines deleted...]
-        <v>341</v>
+      <c r="P53" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q53" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R53" s="16" t="s">
+        <v>679</v>
+      </c>
+      <c r="S53" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="T53" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U53" s="16" t="s">
+        <v>680</v>
+      </c>
+      <c r="V53" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="W53" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X53" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y53" s="16" t="s">
+        <v>682</v>
       </c>
       <c r="Z53" s="5"/>
       <c r="AA53" s="5"/>
-      <c r="AB53" s="5"/>
+      <c r="AB53" s="34"/>
       <c r="AC53" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="54" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A54" s="5" t="s">
-        <v>320</v>
+      <c r="A54" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D54" s="10" t="s">
-        <v>215</v>
+      <c r="D54" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F54" s="5">
         <v>201</v>
       </c>
-      <c r="G54" s="10" t="s">
-        <v>215</v>
+      <c r="G54" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>490</v>
+        <v>447</v>
       </c>
       <c r="I54" s="5">
         <v>201</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K54" s="5" t="s">
-        <v>491</v>
+      <c r="K54" s="12" t="s">
+        <v>464</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M54" s="5">
         <v>85</v>
       </c>
       <c r="N54" s="6"/>
       <c r="O54" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P54" s="5" t="s">
-[...27 lines deleted...]
-        <v>346</v>
+      <c r="P54" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q54" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R54" s="16" t="s">
+        <v>679</v>
+      </c>
+      <c r="S54" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="T54" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U54" s="16" t="s">
+        <v>680</v>
+      </c>
+      <c r="V54" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="W54" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X54" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y54" s="16" t="s">
+        <v>682</v>
       </c>
       <c r="Z54" s="5"/>
       <c r="AA54" s="5"/>
-      <c r="AB54" s="5"/>
+      <c r="AB54" s="34"/>
       <c r="AC54" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="55" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A55" s="5" t="s">
-        <v>320</v>
+      <c r="A55" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D55" s="10" t="s">
-        <v>215</v>
+      <c r="D55" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F55" s="5">
         <v>201</v>
       </c>
-      <c r="G55" s="10" t="s">
-        <v>215</v>
+      <c r="G55" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>492</v>
+        <v>449</v>
       </c>
       <c r="I55" s="5">
         <v>201</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>187</v>
+      </c>
+      <c r="K55" s="12" t="s">
+        <v>466</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M55" s="5">
         <v>86</v>
       </c>
       <c r="N55" s="6"/>
       <c r="O55" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P55" s="5" t="s">
-[...27 lines deleted...]
-        <v>352</v>
+      <c r="P55" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q55" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R55" s="16" t="s">
+        <v>679</v>
+      </c>
+      <c r="S55" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="T55" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U55" s="16" t="s">
+        <v>680</v>
+      </c>
+      <c r="V55" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="W55" s="16" t="s">
+        <v>368</v>
+      </c>
+      <c r="X55" s="16" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y55" s="16" t="s">
+        <v>682</v>
       </c>
       <c r="Z55" s="5"/>
       <c r="AA55" s="5"/>
-      <c r="AB55" s="5"/>
+      <c r="AB55" s="34"/>
       <c r="AC55" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="56" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A56" s="5" t="s">
-        <v>320</v>
+      <c r="A56" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D56" s="10" t="s">
-        <v>215</v>
+      <c r="D56" s="13" t="s">
+        <v>153</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F56" s="5">
         <v>201</v>
       </c>
-      <c r="G56" s="10" t="s">
-        <v>215</v>
+      <c r="G56" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>494</v>
+        <v>451</v>
       </c>
       <c r="I56" s="5">
         <v>201</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K56" s="5" t="s">
-        <v>495</v>
+      <c r="K56" s="12" t="s">
+        <v>468</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M56" s="5">
         <v>87</v>
       </c>
       <c r="N56" s="6"/>
       <c r="O56" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P56" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T56" s="5" t="s">
+      <c r="P56" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q56" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U56" s="5" t="s">
-[...12 lines deleted...]
-        <v>163</v>
+      <c r="R56" s="16" t="s">
+        <v>664</v>
+      </c>
+      <c r="S56" s="16" t="s">
+        <v>363</v>
+      </c>
+      <c r="T56" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="U56" s="16" t="s">
+        <v>665</v>
+      </c>
+      <c r="V56" s="16" t="s">
+        <v>364</v>
+      </c>
+      <c r="W56" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X56" s="16" t="s">
+        <v>666</v>
+      </c>
+      <c r="Y56" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z56" s="5"/>
       <c r="AA56" s="5"/>
-      <c r="AB56" s="5"/>
+      <c r="AB56" s="34"/>
       <c r="AC56" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="57" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A57" s="5" t="s">
-        <v>320</v>
+      <c r="A57" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D57" s="10" t="s">
-        <v>215</v>
+      <c r="D57" s="13" t="s">
+        <v>126</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F57" s="5">
         <v>201</v>
       </c>
-      <c r="G57" s="10" t="s">
-        <v>215</v>
+      <c r="G57" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>496</v>
+        <v>453</v>
       </c>
       <c r="I57" s="5">
         <v>201</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>187</v>
+      </c>
+      <c r="K57" s="12" t="s">
+        <v>471</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M57" s="5">
         <v>88</v>
       </c>
       <c r="N57" s="6"/>
       <c r="O57" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P57" s="5" t="s">
-[...27 lines deleted...]
-        <v>352</v>
+      <c r="P57" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q57" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R57" s="16" t="s">
+        <v>472</v>
+      </c>
+      <c r="S57" s="16" t="s">
+        <v>473</v>
+      </c>
+      <c r="T57" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U57" s="16" t="s">
+        <v>138</v>
+      </c>
+      <c r="V57" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="W57" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X57" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y57" s="16" t="s">
+        <v>133</v>
       </c>
       <c r="Z57" s="5"/>
       <c r="AA57" s="5"/>
-      <c r="AB57" s="5"/>
+      <c r="AB57" s="34"/>
       <c r="AC57" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="58" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A58" s="5" t="s">
-        <v>320</v>
+      <c r="A58" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D58" s="10" t="s">
-        <v>215</v>
+      <c r="D58" s="13" t="s">
+        <v>126</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>487</v>
+        <v>444</v>
       </c>
       <c r="F58" s="5">
         <v>201</v>
       </c>
-      <c r="G58" s="10" t="s">
-        <v>215</v>
+      <c r="G58" s="9" t="s">
+        <v>200</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>498</v>
+        <v>455</v>
       </c>
       <c r="I58" s="5">
         <v>201</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K58" s="5" t="s">
-        <v>499</v>
+      <c r="K58" s="12" t="s">
+        <v>475</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M58" s="5">
         <v>89</v>
       </c>
       <c r="N58" s="6"/>
       <c r="O58" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P58" s="5" t="s">
-[...27 lines deleted...]
-        <v>40</v>
+      <c r="P58" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q58" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R58" s="16" t="s">
+        <v>476</v>
+      </c>
+      <c r="S58" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="T58" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U58" s="16" t="s">
+        <v>472</v>
+      </c>
+      <c r="V58" s="16" t="s">
+        <v>473</v>
+      </c>
+      <c r="W58" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X58" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y58" s="16" t="s">
+        <v>133</v>
       </c>
       <c r="Z58" s="5"/>
       <c r="AA58" s="5"/>
-      <c r="AB58" s="5"/>
+      <c r="AB58" s="34"/>
       <c r="AC58" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="59" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A59" s="5" t="s">
-        <v>569</v>
+      <c r="A59" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B59" s="5"/>
       <c r="C59" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D59" s="5" t="s">
-        <v>215</v>
+      <c r="D59" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>618</v>
+        <v>564</v>
       </c>
       <c r="F59" s="5">
         <v>201</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>618</v>
+        <v>564</v>
       </c>
       <c r="I59" s="5">
         <v>201</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>187</v>
+      </c>
+      <c r="K59" s="12" t="s">
+        <v>479</v>
       </c>
       <c r="L59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M59" s="5">
         <v>16</v>
       </c>
       <c r="N59" s="6"/>
       <c r="O59" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P59" s="5" t="s">
-[...23 lines deleted...]
-      <c r="X59" s="5" t="s">
+      <c r="P59" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q59" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R59" s="16" t="s">
+        <v>388</v>
+      </c>
+      <c r="S59" s="16" t="s">
+        <v>369</v>
+      </c>
+      <c r="T59" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U59" s="16" t="s">
+        <v>389</v>
+      </c>
+      <c r="V59" s="16" t="s">
+        <v>390</v>
+      </c>
+      <c r="W59" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X59" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y59" s="16" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="Z59" s="5"/>
       <c r="AA59" s="5"/>
-      <c r="AB59" s="5"/>
+      <c r="AB59" s="34"/>
       <c r="AC59" s="5"/>
     </row>
     <row r="60" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A60" s="5" t="s">
-        <v>569</v>
+      <c r="A60" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B60" s="5"/>
       <c r="C60" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D60" s="5" t="s">
-        <v>215</v>
+      <c r="D60" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>624</v>
+        <v>570</v>
       </c>
       <c r="F60" s="5">
         <v>201</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>624</v>
+        <v>570</v>
       </c>
       <c r="I60" s="5">
         <v>201</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>187</v>
+      </c>
+      <c r="K60" s="12" t="s">
+        <v>481</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M60" s="5">
         <v>17</v>
       </c>
       <c r="N60" s="6"/>
       <c r="O60" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P60" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P60" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q60" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R60" s="16" t="s">
+        <v>482</v>
+      </c>
+      <c r="S60" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="T60" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U60" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="V60" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="W60" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X60" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="Y60" s="16" t="s">
+        <v>394</v>
       </c>
       <c r="Z60" s="5"/>
       <c r="AA60" s="5"/>
-      <c r="AB60" s="5"/>
+      <c r="AB60" s="34"/>
       <c r="AC60" s="5"/>
     </row>
     <row r="61" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A61" s="5" t="s">
-        <v>569</v>
+      <c r="A61" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B61" s="5"/>
       <c r="C61" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D61" s="5" t="s">
-        <v>215</v>
+      <c r="D61" s="13" t="s">
+        <v>214</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>626</v>
+        <v>572</v>
       </c>
       <c r="F61" s="5">
         <v>201</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>626</v>
+        <v>572</v>
       </c>
       <c r="I61" s="5">
         <v>201</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K61" s="5" t="s">
-        <v>627</v>
+      <c r="K61" s="12" t="s">
+        <v>487</v>
       </c>
       <c r="L61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M61" s="5">
         <v>18</v>
       </c>
       <c r="N61" s="6"/>
       <c r="O61" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P61" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P61" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q61" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R61" s="16" t="s">
+        <v>482</v>
+      </c>
+      <c r="S61" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="T61" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U61" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="V61" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="W61" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X61" s="16" t="s">
+        <v>393</v>
+      </c>
+      <c r="Y61" s="16" t="s">
+        <v>394</v>
       </c>
       <c r="Z61" s="5"/>
       <c r="AA61" s="5"/>
-      <c r="AB61" s="5"/>
+      <c r="AB61" s="34"/>
       <c r="AC61" s="5"/>
     </row>
     <row r="62" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A62" s="5" t="s">
-        <v>569</v>
+      <c r="A62" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B62" s="5"/>
       <c r="C62" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D62" s="5" t="s">
-        <v>215</v>
+      <c r="D62" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>628</v>
+        <v>574</v>
       </c>
       <c r="F62" s="5">
         <v>201</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>628</v>
+        <v>574</v>
       </c>
       <c r="I62" s="5">
         <v>201</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K62" s="5" t="s">
-        <v>629</v>
+      <c r="K62" s="12" t="s">
+        <v>490</v>
       </c>
       <c r="L62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M62" s="5">
         <v>19</v>
       </c>
       <c r="N62" s="6"/>
       <c r="O62" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P62" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P62" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q62" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R62" s="16" t="s">
+        <v>650</v>
+      </c>
+      <c r="S62" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="T62" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U62" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V62" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W62" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X62" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y62" s="16" t="s">
+        <v>414</v>
       </c>
       <c r="Z62" s="5"/>
       <c r="AA62" s="5"/>
-      <c r="AB62" s="5"/>
+      <c r="AB62" s="34"/>
       <c r="AC62" s="5"/>
     </row>
     <row r="63" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A63" s="5" t="s">
-        <v>569</v>
+      <c r="A63" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B63" s="5"/>
       <c r="C63" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D63" s="5" t="s">
-        <v>215</v>
+      <c r="D63" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>630</v>
+        <v>576</v>
       </c>
       <c r="F63" s="5">
         <v>201</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>630</v>
+        <v>576</v>
       </c>
       <c r="I63" s="5">
         <v>201</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>187</v>
+      </c>
+      <c r="K63" s="12" t="s">
+        <v>493</v>
       </c>
       <c r="L63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M63" s="5">
         <v>20</v>
       </c>
       <c r="N63" s="6"/>
       <c r="O63" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P63" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P63" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q63" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R63" s="16" t="s">
+        <v>650</v>
+      </c>
+      <c r="S63" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="T63" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U63" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V63" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W63" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X63" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y63" s="16" t="s">
+        <v>414</v>
       </c>
       <c r="Z63" s="5"/>
       <c r="AA63" s="5"/>
-      <c r="AB63" s="5"/>
+      <c r="AB63" s="34"/>
       <c r="AC63" s="5"/>
     </row>
     <row r="64" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A64" s="5" t="s">
-        <v>569</v>
+      <c r="A64" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B64" s="5"/>
       <c r="C64" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D64" s="5" t="s">
-        <v>215</v>
+      <c r="D64" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>632</v>
+        <v>578</v>
       </c>
       <c r="F64" s="5">
         <v>201</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>632</v>
+        <v>578</v>
       </c>
       <c r="I64" s="5">
         <v>201</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>633</v>
+        <v>187</v>
+      </c>
+      <c r="K64" s="12" t="s">
+        <v>495</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M64" s="5">
         <v>21</v>
       </c>
       <c r="N64" s="6"/>
       <c r="O64" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P64" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P64" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q64" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R64" s="16" t="s">
+        <v>650</v>
+      </c>
+      <c r="S64" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="T64" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U64" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V64" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W64" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X64" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y64" s="16" t="s">
+        <v>414</v>
       </c>
       <c r="Z64" s="5"/>
       <c r="AA64" s="5"/>
-      <c r="AB64" s="5"/>
+      <c r="AB64" s="34"/>
       <c r="AC64" s="5"/>
     </row>
     <row r="65" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A65" s="5" t="s">
-        <v>569</v>
+      <c r="A65" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B65" s="5"/>
       <c r="C65" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D65" s="5" t="s">
-        <v>215</v>
+      <c r="D65" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>634</v>
+        <v>580</v>
       </c>
       <c r="F65" s="5">
         <v>201</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>634</v>
+        <v>580</v>
       </c>
       <c r="I65" s="5">
         <v>201</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K65" s="5" t="s">
-        <v>635</v>
+      <c r="K65" s="12" t="s">
+        <v>497</v>
       </c>
       <c r="L65" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M65" s="5">
         <v>22</v>
       </c>
       <c r="N65" s="6"/>
       <c r="O65" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P65" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P65" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q65" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R65" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="S65" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T65" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U65" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="V65" s="16" t="s">
+        <v>420</v>
+      </c>
+      <c r="W65" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X65" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="Y65" s="16" t="s">
+        <v>715</v>
       </c>
       <c r="Z65" s="5"/>
       <c r="AA65" s="5"/>
-      <c r="AB65" s="5"/>
+      <c r="AB65" s="34"/>
       <c r="AC65" s="5"/>
     </row>
     <row r="66" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A66" s="5" t="s">
-        <v>569</v>
+      <c r="A66" s="33" t="s">
+        <v>301</v>
       </c>
       <c r="B66" s="5"/>
       <c r="C66" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D66" s="5" t="s">
-        <v>215</v>
+      <c r="D66" s="13" t="s">
+        <v>243</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>636</v>
+        <v>582</v>
       </c>
       <c r="F66" s="5">
         <v>201</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>636</v>
+        <v>582</v>
       </c>
       <c r="I66" s="5">
         <v>201</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K66" s="5" t="s">
-        <v>637</v>
+      <c r="K66" s="12" t="s">
+        <v>499</v>
       </c>
       <c r="L66" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M66" s="5">
         <v>23</v>
       </c>
       <c r="N66" s="6"/>
       <c r="O66" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P66" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P66" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q66" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R66" s="16" t="s">
+        <v>714</v>
+      </c>
+      <c r="S66" s="16" t="s">
+        <v>715</v>
+      </c>
+      <c r="T66" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U66" s="16" t="s">
+        <v>418</v>
+      </c>
+      <c r="V66" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W66" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X66" s="16" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y66" s="16" t="s">
+        <v>420</v>
       </c>
       <c r="Z66" s="5"/>
       <c r="AA66" s="5"/>
-      <c r="AB66" s="5"/>
+      <c r="AB66" s="34"/>
       <c r="AC66" s="5"/>
     </row>
     <row r="67" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A67" s="5" t="s">
-        <v>569</v>
+      <c r="A67" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B67" s="5"/>
       <c r="C67" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D67" s="5" t="s">
-        <v>215</v>
+      <c r="D67" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>638</v>
+        <v>584</v>
       </c>
       <c r="F67" s="5">
         <v>201</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>638</v>
+        <v>584</v>
       </c>
       <c r="I67" s="5">
         <v>201</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K67" s="5" t="s">
-        <v>639</v>
+      <c r="K67" s="12" t="s">
+        <v>35</v>
       </c>
       <c r="L67" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M67" s="5">
         <v>24</v>
       </c>
       <c r="N67" s="6"/>
       <c r="O67" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P67" s="5" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="P67" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q67" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R67" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S67" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T67" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U67" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V67" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W67" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X67" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y67" s="16" t="s">
+        <v>684</v>
+      </c>
+      <c r="Z67" s="5"/>
+      <c r="AA67" s="5"/>
+      <c r="AB67" s="34"/>
       <c r="AC67" s="5"/>
     </row>
     <row r="68" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A68" s="5" t="s">
-        <v>569</v>
+      <c r="A68" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B68" s="5"/>
       <c r="C68" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D68" s="5" t="s">
-        <v>215</v>
+      <c r="D68" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>643</v>
+        <v>589</v>
       </c>
       <c r="F68" s="5">
         <v>999</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>644</v>
+        <v>590</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>643</v>
+        <v>589</v>
       </c>
       <c r="I68" s="5">
         <v>999</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>187</v>
+      </c>
+      <c r="K68" s="12" t="s">
+        <v>77</v>
       </c>
       <c r="L68" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M68" s="5">
         <v>25</v>
       </c>
       <c r="N68" s="6"/>
       <c r="O68" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P68" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P68" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q68" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R68" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S68" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T68" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U68" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V68" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W68" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X68" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y68" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z68" s="5"/>
       <c r="AA68" s="5"/>
-      <c r="AB68" s="5"/>
+      <c r="AB68" s="34"/>
       <c r="AC68" s="5"/>
     </row>
     <row r="69" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A69" s="5" t="s">
-        <v>569</v>
+      <c r="A69" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B69" s="5"/>
       <c r="C69" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D69" s="5" t="s">
-        <v>215</v>
+      <c r="D69" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>646</v>
+        <v>592</v>
       </c>
       <c r="F69" s="5">
         <v>999</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>644</v>
+        <v>590</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>646</v>
+        <v>592</v>
       </c>
       <c r="I69" s="5">
         <v>999</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K69" s="5" t="s">
-        <v>647</v>
+      <c r="K69" s="12" t="s">
+        <v>85</v>
       </c>
       <c r="L69" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M69" s="5">
         <v>26</v>
       </c>
       <c r="N69" s="6"/>
       <c r="O69" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P69" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P69" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q69" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R69" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S69" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T69" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U69" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V69" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W69" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X69" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y69" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z69" s="5"/>
       <c r="AA69" s="5"/>
-      <c r="AB69" s="5"/>
+      <c r="AB69" s="34"/>
       <c r="AC69" s="5"/>
     </row>
-    <row r="70" spans="1:29" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>569</v>
+    <row r="70" spans="1:29" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B70" s="5"/>
       <c r="C70" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D70" s="5" t="s">
-        <v>215</v>
+      <c r="D70" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>648</v>
+        <v>594</v>
       </c>
       <c r="F70" s="5">
         <v>201</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>648</v>
+        <v>594</v>
       </c>
       <c r="I70" s="5">
         <v>201</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>187</v>
+      </c>
+      <c r="K70" s="12" t="s">
+        <v>48</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M70" s="5">
         <v>27</v>
       </c>
       <c r="N70" s="6"/>
       <c r="O70" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P70" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W70" s="5" t="s">
+      <c r="P70" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q70" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X70" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R70" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="S70" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="T70" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U70" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="V70" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="W70" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X70" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y70" s="16" t="s">
+        <v>55</v>
       </c>
       <c r="Z70" s="5"/>
       <c r="AA70" s="5"/>
-      <c r="AB70" s="5"/>
+      <c r="AB70" s="34"/>
       <c r="AC70" s="5"/>
     </row>
     <row r="71" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A71" s="5" t="s">
-        <v>569</v>
+      <c r="A71" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B71" s="5"/>
       <c r="C71" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D71" s="5" t="s">
-        <v>215</v>
+      <c r="D71" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>654</v>
+        <v>596</v>
       </c>
       <c r="F71" s="5">
         <v>201</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>654</v>
+        <v>596</v>
       </c>
       <c r="I71" s="5">
         <v>201</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K71" s="5" t="s">
-        <v>655</v>
+      <c r="K71" s="12" t="s">
+        <v>89</v>
       </c>
       <c r="L71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M71" s="5">
         <v>28</v>
       </c>
       <c r="N71" s="6"/>
       <c r="O71" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P71" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W71" s="5" t="s">
+      <c r="P71" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q71" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X71" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R71" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="S71" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="T71" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U71" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="V71" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="W71" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X71" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y71" s="16" t="s">
+        <v>92</v>
       </c>
       <c r="Z71" s="5"/>
       <c r="AA71" s="5"/>
-      <c r="AB71" s="5"/>
+      <c r="AB71" s="34"/>
       <c r="AC71" s="5"/>
     </row>
     <row r="72" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A72" s="5" t="s">
-        <v>569</v>
+      <c r="A72" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B72" s="5"/>
       <c r="C72" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D72" s="5" t="s">
-        <v>215</v>
+      <c r="D72" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>656</v>
+        <v>598</v>
       </c>
       <c r="F72" s="5">
         <v>201</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>656</v>
+        <v>598</v>
       </c>
       <c r="I72" s="5">
         <v>201</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>187</v>
+      </c>
+      <c r="K72" s="12" t="s">
+        <v>67</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M72" s="5">
         <v>29</v>
       </c>
       <c r="N72" s="6"/>
       <c r="O72" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P72" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P72" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q72" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R72" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="S72" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="T72" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U72" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="V72" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="W72" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X72" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y72" s="16" t="s">
+        <v>73</v>
       </c>
       <c r="Z72" s="5"/>
       <c r="AA72" s="5"/>
-      <c r="AB72" s="5"/>
+      <c r="AB72" s="34"/>
       <c r="AC72" s="5"/>
     </row>
     <row r="73" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A73" s="5" t="s">
-        <v>569</v>
+      <c r="A73" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B73" s="5"/>
       <c r="C73" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D73" s="5" t="s">
-        <v>215</v>
+      <c r="D73" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>658</v>
+        <v>600</v>
       </c>
       <c r="F73" s="5">
         <v>201</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>658</v>
+        <v>600</v>
       </c>
       <c r="I73" s="5">
         <v>201</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>187</v>
+      </c>
+      <c r="K73" s="12" t="s">
+        <v>255</v>
       </c>
       <c r="L73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M73" s="5">
         <v>30</v>
       </c>
       <c r="N73" s="6"/>
       <c r="O73" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P73" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P73" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q73" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R73" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="S73" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="T73" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U73" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V73" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W73" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X73" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="Y73" s="16" t="s">
+        <v>685</v>
       </c>
       <c r="Z73" s="5"/>
       <c r="AA73" s="5"/>
-      <c r="AB73" s="5"/>
+      <c r="AB73" s="34"/>
       <c r="AC73" s="5"/>
     </row>
     <row r="74" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A74" s="5" t="s">
-        <v>569</v>
+      <c r="A74" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B74" s="5"/>
       <c r="C74" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D74" s="5" t="s">
-        <v>215</v>
+      <c r="D74" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>660</v>
+        <v>602</v>
       </c>
       <c r="F74" s="5">
         <v>201</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>660</v>
+        <v>602</v>
       </c>
       <c r="I74" s="5">
         <v>201</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K74" s="5" t="s">
-        <v>661</v>
+      <c r="K74" s="12" t="s">
+        <v>157</v>
       </c>
       <c r="L74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M74" s="5">
         <v>31</v>
       </c>
       <c r="N74" s="6"/>
       <c r="O74" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P74" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P74" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q74" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R74" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S74" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T74" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U74" s="16" t="s">
+        <v>687</v>
+      </c>
+      <c r="V74" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="W74" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X74" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y74" s="16" t="s">
+        <v>161</v>
       </c>
       <c r="Z74" s="5"/>
       <c r="AA74" s="5"/>
-      <c r="AB74" s="5"/>
+      <c r="AB74" s="34"/>
       <c r="AC74" s="5"/>
     </row>
     <row r="75" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A75" s="5" t="s">
-        <v>569</v>
+      <c r="A75" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B75" s="5"/>
       <c r="C75" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D75" s="5" t="s">
-        <v>215</v>
+      <c r="D75" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>662</v>
+        <v>604</v>
       </c>
       <c r="F75" s="5">
         <v>201</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>662</v>
+        <v>604</v>
       </c>
       <c r="I75" s="5">
         <v>201</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K75" s="5" t="s">
-        <v>663</v>
+      <c r="K75" s="12" t="s">
+        <v>163</v>
       </c>
       <c r="L75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M75" s="5">
         <v>32</v>
       </c>
       <c r="N75" s="6"/>
       <c r="O75" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P75" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P75" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q75" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R75" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S75" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T75" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U75" s="16" t="s">
+        <v>688</v>
+      </c>
+      <c r="V75" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="W75" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X75" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y75" s="16" t="s">
+        <v>166</v>
       </c>
       <c r="Z75" s="5"/>
       <c r="AA75" s="5"/>
-      <c r="AB75" s="5"/>
+      <c r="AB75" s="34"/>
       <c r="AC75" s="5"/>
     </row>
     <row r="76" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A76" s="5" t="s">
-        <v>569</v>
+      <c r="A76" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B76" s="5"/>
       <c r="C76" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D76" s="5" t="s">
-        <v>215</v>
+      <c r="D76" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>664</v>
+        <v>606</v>
       </c>
       <c r="F76" s="5">
         <v>201</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>664</v>
+        <v>606</v>
       </c>
       <c r="I76" s="5">
         <v>201</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K76" s="5" t="s">
-        <v>665</v>
+      <c r="K76" s="12" t="s">
+        <v>168</v>
       </c>
       <c r="L76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M76" s="5">
         <v>33</v>
       </c>
       <c r="N76" s="6"/>
       <c r="O76" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P76" s="5" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="P76" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q76" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R76" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S76" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T76" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U76" s="16" t="s">
+        <v>688</v>
+      </c>
+      <c r="V76" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="W76" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X76" s="18" t="s">
+        <v>689</v>
+      </c>
+      <c r="Y76" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="Z76" s="5"/>
+      <c r="AA76" s="5"/>
+      <c r="AB76" s="34"/>
       <c r="AC76" s="5"/>
     </row>
     <row r="77" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A77" s="5" t="s">
-        <v>569</v>
+      <c r="A77" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B77" s="5"/>
       <c r="C77" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D77" s="5" t="s">
-        <v>215</v>
+      <c r="D77" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>666</v>
+        <v>608</v>
       </c>
       <c r="F77" s="5">
         <v>201</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>666</v>
+        <v>608</v>
       </c>
       <c r="I77" s="5">
         <v>201</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>187</v>
+      </c>
+      <c r="K77" s="12" t="s">
+        <v>170</v>
       </c>
       <c r="L77" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M77" s="5">
         <v>34</v>
       </c>
       <c r="N77" s="6"/>
       <c r="O77" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P77" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W77" s="5" t="s">
+      <c r="P77" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q77" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X77" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R77" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S77" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T77" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U77" s="16" t="s">
+        <v>690</v>
+      </c>
+      <c r="V77" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="W77" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X77" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y77" s="16" t="s">
+        <v>692</v>
       </c>
       <c r="Z77" s="5"/>
       <c r="AA77" s="5"/>
-      <c r="AB77" s="5"/>
+      <c r="AB77" s="34"/>
       <c r="AC77" s="5"/>
     </row>
     <row r="78" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A78" s="5" t="s">
-        <v>569</v>
+      <c r="A78" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B78" s="5"/>
       <c r="C78" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D78" s="5" t="s">
-        <v>215</v>
+      <c r="D78" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>668</v>
+        <v>610</v>
       </c>
       <c r="F78" s="5">
         <v>201</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>668</v>
+        <v>610</v>
       </c>
       <c r="I78" s="5">
         <v>201</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K78" s="5" t="s">
-        <v>669</v>
+      <c r="K78" s="12" t="s">
+        <v>285</v>
       </c>
       <c r="L78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M78" s="5">
         <v>35</v>
       </c>
       <c r="N78" s="6"/>
       <c r="O78" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P78" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W78" s="5" t="s">
+      <c r="P78" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q78" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X78" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R78" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S78" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T78" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U78" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V78" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W78" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X78" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y78" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z78" s="5"/>
       <c r="AA78" s="5"/>
-      <c r="AB78" s="5"/>
+      <c r="AB78" s="34"/>
       <c r="AC78" s="5"/>
     </row>
     <row r="79" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A79" s="5" t="s">
-        <v>569</v>
+      <c r="A79" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B79" s="5"/>
       <c r="C79" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D79" s="5" t="s">
-        <v>215</v>
+      <c r="D79" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>670</v>
+        <v>612</v>
       </c>
       <c r="F79" s="5">
         <v>201</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>670</v>
+        <v>612</v>
       </c>
       <c r="I79" s="5">
         <v>201</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>187</v>
+      </c>
+      <c r="K79" s="12" t="s">
+        <v>291</v>
       </c>
       <c r="L79" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M79" s="5">
         <v>36</v>
       </c>
       <c r="N79" s="6"/>
       <c r="O79" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P79" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P79" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q79" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R79" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S79" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T79" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U79" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V79" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W79" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X79" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y79" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z79" s="5"/>
       <c r="AA79" s="5"/>
-      <c r="AB79" s="5"/>
+      <c r="AB79" s="34"/>
       <c r="AC79" s="5"/>
     </row>
     <row r="80" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A80" s="5" t="s">
-        <v>569</v>
+      <c r="A80" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B80" s="5"/>
       <c r="C80" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D80" s="5" t="s">
-        <v>215</v>
+      <c r="D80" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>672</v>
+        <v>614</v>
       </c>
       <c r="F80" s="5">
         <v>201</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>672</v>
+        <v>614</v>
       </c>
       <c r="I80" s="5">
         <v>201</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>673</v>
+        <v>187</v>
+      </c>
+      <c r="K80" s="12" t="s">
+        <v>293</v>
       </c>
       <c r="L80" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M80" s="5">
         <v>37</v>
       </c>
       <c r="N80" s="6"/>
       <c r="O80" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P80" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P80" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q80" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R80" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S80" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T80" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U80" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V80" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W80" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X80" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y80" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z80" s="5"/>
       <c r="AA80" s="5"/>
-      <c r="AB80" s="5"/>
+      <c r="AB80" s="34"/>
       <c r="AC80" s="5"/>
     </row>
     <row r="81" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A81" s="5" t="s">
-        <v>569</v>
+      <c r="A81" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B81" s="5"/>
       <c r="C81" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D81" s="5" t="s">
-        <v>215</v>
+      <c r="D81" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>674</v>
+        <v>616</v>
       </c>
       <c r="F81" s="5">
         <v>201</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>674</v>
+        <v>616</v>
       </c>
       <c r="I81" s="5">
         <v>201</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K81" s="5" t="s">
-        <v>675</v>
+      <c r="K81" s="12" t="s">
+        <v>130</v>
       </c>
       <c r="L81" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M81" s="5">
         <v>38</v>
       </c>
       <c r="N81" s="6"/>
       <c r="O81" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P81" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P81" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q81" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R81" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="S81" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="T81" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U81" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="V81" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="W81" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X81" s="18" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y81" s="16" t="s">
+        <v>671</v>
       </c>
       <c r="Z81" s="5"/>
       <c r="AA81" s="5"/>
-      <c r="AB81" s="5"/>
+      <c r="AB81" s="34"/>
       <c r="AC81" s="5"/>
     </row>
     <row r="82" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A82" s="5" t="s">
-        <v>569</v>
+      <c r="A82" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D82" s="5" t="s">
-        <v>215</v>
+      <c r="D82" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>676</v>
+        <v>618</v>
       </c>
       <c r="F82" s="5">
         <v>201</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>676</v>
+        <v>618</v>
       </c>
       <c r="I82" s="5">
         <v>201</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K82" s="5" t="s">
-        <v>677</v>
+      <c r="K82" s="12" t="s">
+        <v>137</v>
       </c>
       <c r="L82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M82" s="5">
         <v>39</v>
       </c>
       <c r="N82" s="6"/>
       <c r="O82" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P82" s="5" t="s">
-[...27 lines deleted...]
-        <v>143</v>
+      <c r="P82" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q82" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R82" s="16" t="s">
+        <v>138</v>
+      </c>
+      <c r="S82" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="T82" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U82" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="V82" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="W82" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X82" s="23" t="s">
+        <v>694</v>
+      </c>
+      <c r="Y82" s="16" t="s">
+        <v>426</v>
       </c>
       <c r="Z82" s="5"/>
       <c r="AA82" s="5"/>
-      <c r="AB82" s="5"/>
+      <c r="AB82" s="34"/>
       <c r="AC82" s="5"/>
     </row>
     <row r="83" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A83" s="5" t="s">
-        <v>569</v>
+      <c r="A83" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D83" s="5" t="s">
-        <v>215</v>
+      <c r="D83" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>678</v>
+        <v>620</v>
       </c>
       <c r="F83" s="5">
         <v>201</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>678</v>
+        <v>620</v>
       </c>
       <c r="I83" s="5">
         <v>201</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K83" s="5" t="s">
-        <v>679</v>
+      <c r="K83" s="12" t="s">
+        <v>143</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M83" s="5">
         <v>40</v>
       </c>
       <c r="N83" s="6"/>
       <c r="O83" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P83" s="5" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="P83" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q83" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R83" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="S83" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="T83" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U83" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="V83" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="W83" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X83" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y83" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="Z83" s="5"/>
+      <c r="AA83" s="5"/>
+      <c r="AB83" s="34"/>
       <c r="AC83" s="5"/>
     </row>
     <row r="84" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A84" s="5" t="s">
-        <v>569</v>
+      <c r="A84" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D84" s="5" t="s">
-        <v>215</v>
+      <c r="D84" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>680</v>
+        <v>622</v>
       </c>
       <c r="F84" s="5">
         <v>201</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>680</v>
+        <v>622</v>
       </c>
       <c r="I84" s="5">
         <v>201</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>187</v>
+      </c>
+      <c r="K84" s="12" t="s">
+        <v>194</v>
       </c>
       <c r="L84" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M84" s="5">
         <v>41</v>
       </c>
       <c r="N84" s="6"/>
       <c r="O84" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P84" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W84" s="5" t="s">
+      <c r="P84" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q84" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X84" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R84" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="S84" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="T84" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U84" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="V84" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="W84" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X84" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y84" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z84" s="5"/>
       <c r="AA84" s="5"/>
-      <c r="AB84" s="5"/>
+      <c r="AB84" s="34"/>
       <c r="AC84" s="5"/>
     </row>
     <row r="85" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A85" s="5" t="s">
-        <v>569</v>
+      <c r="A85" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D85" s="5" t="s">
-        <v>215</v>
+      <c r="D85" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>682</v>
+        <v>624</v>
       </c>
       <c r="F85" s="5">
         <v>201</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>619</v>
+        <v>565</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>682</v>
+        <v>624</v>
       </c>
       <c r="I85" s="5">
         <v>201</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K85" s="5" t="s">
-        <v>683</v>
+      <c r="K85" s="12" t="s">
+        <v>188</v>
       </c>
       <c r="L85" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M85" s="5">
         <v>42</v>
       </c>
       <c r="N85" s="6"/>
       <c r="O85" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P85" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W85" s="5" t="s">
+      <c r="P85" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q85" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X85" s="5" t="s">
-[...3 lines deleted...]
-        <v>653</v>
+      <c r="R85" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="S85" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="T85" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U85" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="V85" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="W85" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X85" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y85" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z85" s="5"/>
       <c r="AA85" s="5"/>
-      <c r="AB85" s="5"/>
+      <c r="AB85" s="34"/>
       <c r="AC85" s="5"/>
     </row>
     <row r="86" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A86" s="5" t="s">
-        <v>321</v>
+      <c r="A86" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D86" s="10" t="s">
-        <v>126</v>
+      <c r="D86" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>411</v>
+        <v>378</v>
       </c>
       <c r="F86" s="5">
         <v>201</v>
       </c>
-      <c r="G86" s="10" t="s">
+      <c r="G86" s="9" t="s">
         <v>128</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>412</v>
+        <v>379</v>
       </c>
       <c r="I86" s="5">
         <v>201</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K86" s="5" t="s">
-        <v>413</v>
+      <c r="K86" s="12" t="s">
+        <v>247</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M86" s="5">
         <v>53</v>
       </c>
       <c r="N86" s="6"/>
       <c r="O86" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P86" s="5" t="s">
-[...14 lines deleted...]
-      <c r="U86" s="5" t="s">
+      <c r="P86" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q86" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R86" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="S86" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="T86" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U86" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="V86" s="16" t="s">
         <v>414</v>
       </c>
-      <c r="V86" s="5" t="s">
-[...9 lines deleted...]
-        <v>133</v>
+      <c r="W86" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X86" s="23" t="s">
+        <v>650</v>
+      </c>
+      <c r="Y86" s="16" t="s">
+        <v>412</v>
       </c>
       <c r="Z86" s="5"/>
       <c r="AA86" s="5"/>
-      <c r="AB86" s="5"/>
+      <c r="AB86" s="34"/>
       <c r="AC86" s="5"/>
     </row>
     <row r="87" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A87" s="5" t="s">
-        <v>329</v>
+      <c r="A87" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D87" s="10" t="s">
-        <v>126</v>
+      <c r="D87" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>411</v>
+        <v>378</v>
       </c>
       <c r="F87" s="5">
         <v>201</v>
       </c>
-      <c r="G87" s="10" t="s">
+      <c r="G87" s="9" t="s">
         <v>128</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>416</v>
+        <v>383</v>
       </c>
       <c r="I87" s="5">
         <v>201</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K87" s="5" t="s">
-        <v>417</v>
+      <c r="K87" s="12" t="s">
+        <v>59</v>
       </c>
       <c r="L87" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M87" s="5">
         <v>54</v>
       </c>
       <c r="N87" s="6"/>
       <c r="O87" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P87" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T87" s="5" t="s">
+      <c r="P87" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q87" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U87" s="5" t="s">
-[...12 lines deleted...]
-        <v>133</v>
+      <c r="R87" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S87" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T87" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U87" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="V87" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W87" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X87" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y87" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z87" s="5"/>
       <c r="AA87" s="5"/>
-      <c r="AB87" s="5"/>
+      <c r="AB87" s="34"/>
       <c r="AC87" s="5"/>
     </row>
     <row r="88" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A88" s="5" t="s">
-        <v>320</v>
+      <c r="A88" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D88" s="10" t="s">
-        <v>126</v>
+      <c r="D88" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>517</v>
+        <v>469</v>
       </c>
       <c r="F88" s="5">
         <v>202</v>
       </c>
-      <c r="G88" s="10" t="s">
+      <c r="G88" s="9" t="s">
         <v>128</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>518</v>
+        <v>470</v>
       </c>
       <c r="I88" s="5">
         <v>201</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K88" s="5" t="s">
-        <v>519</v>
+      <c r="K88" s="12" t="s">
+        <v>79</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M88" s="5">
         <v>55</v>
       </c>
       <c r="N88" s="6"/>
       <c r="O88" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P88" s="5" t="s">
-[...27 lines deleted...]
-        <v>137</v>
+      <c r="P88" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q88" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R88" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="S88" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="T88" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U88" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="V88" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="W88" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X88" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y88" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="Z88" s="5"/>
       <c r="AA88" s="5"/>
-      <c r="AB88" s="5"/>
+      <c r="AB88" s="34"/>
       <c r="AC88" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="89" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A89" s="5" t="s">
-        <v>320</v>
+      <c r="A89" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D89" s="10" t="s">
-        <v>126</v>
+      <c r="D89" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>517</v>
+        <v>469</v>
       </c>
       <c r="F89" s="5">
         <v>201</v>
       </c>
-      <c r="G89" s="10" t="s">
+      <c r="G89" s="9" t="s">
         <v>128</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>522</v>
+        <v>474</v>
       </c>
       <c r="I89" s="5">
         <v>201</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K89" s="5" t="s">
-        <v>523</v>
+      <c r="K89" s="12" t="s">
+        <v>87</v>
       </c>
       <c r="L89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M89" s="5">
         <v>56</v>
       </c>
       <c r="N89" s="6"/>
       <c r="O89" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P89" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W89" s="5" t="s">
+      <c r="P89" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q89" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R89" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="S89" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T89" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X89" s="5" t="s">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="U89" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="V89" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="W89" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X89" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y89" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z89" s="5"/>
       <c r="AA89" s="5"/>
-      <c r="AB89" s="5"/>
+      <c r="AB89" s="34"/>
       <c r="AC89" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="90" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
+      <c r="A90" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="B90" s="8" t="s">
+      <c r="B90" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D90" s="2" t="s">
-        <v>126</v>
+      <c r="D90" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F90" s="2">
         <v>201</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>129</v>
       </c>
       <c r="I90" s="2">
         <v>201</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K90" s="2" t="s">
-        <v>130</v>
+      <c r="K90" s="12" t="s">
+        <v>75</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M90" s="2">
         <v>133</v>
       </c>
       <c r="N90" s="4"/>
       <c r="O90" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P90" s="2" t="s">
-[...20 lines deleted...]
-      <c r="W90" s="2" t="s">
+      <c r="P90" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q90" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X90" s="2" t="s">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="R90" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S90" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T90" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U90" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="V90" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W90" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X90" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y90" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z90" s="2"/>
       <c r="AA90" s="2"/>
-      <c r="AB90" s="2"/>
+      <c r="AB90" s="35"/>
       <c r="AC90" s="2"/>
     </row>
     <row r="91" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
+      <c r="A91" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="B91" s="8" t="s">
+      <c r="B91" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D91" s="2" t="s">
-        <v>126</v>
+      <c r="D91" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F91" s="2">
         <v>201</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="I91" s="2">
         <v>201</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K91" s="2" t="s">
-        <v>139</v>
+      <c r="K91" s="12" t="s">
+        <v>265</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M91" s="2">
         <v>134</v>
       </c>
       <c r="N91" s="4"/>
       <c r="O91" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P91" s="2" t="s">
-[...27 lines deleted...]
-        <v>145</v>
+      <c r="P91" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q91" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R91" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="S91" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="T91" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U91" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="V91" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="W91" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X91" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y91" s="16" t="s">
+        <v>271</v>
       </c>
       <c r="Z91" s="2"/>
       <c r="AA91" s="2"/>
-      <c r="AB91" s="2"/>
+      <c r="AB91" s="35"/>
       <c r="AC91" s="2"/>
     </row>
     <row r="92" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A92" s="2" t="s">
+      <c r="A92" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="B92" s="8" t="s">
+      <c r="B92" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D92" s="2" t="s">
-        <v>126</v>
+      <c r="D92" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F92" s="2">
         <v>201</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="I92" s="2">
         <v>201</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K92" s="2" t="s">
-        <v>147</v>
+      <c r="K92" s="12" t="s">
+        <v>209</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M92" s="2">
         <v>135</v>
       </c>
       <c r="N92" s="4"/>
       <c r="O92" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P92" s="2" t="s">
-[...27 lines deleted...]
-        <v>133</v>
+      <c r="P92" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q92" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R92" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="S92" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T92" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U92" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="V92" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="W92" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X92" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y92" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z92" s="2"/>
       <c r="AA92" s="2"/>
-      <c r="AB92" s="2"/>
+      <c r="AB92" s="35"/>
       <c r="AC92" s="2"/>
     </row>
     <row r="93" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A93" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B93" s="8" t="s">
+      <c r="A93" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="B93" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D93" s="2" t="s">
-        <v>126</v>
+      <c r="D93" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F93" s="2">
         <v>201</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="I93" s="2">
         <v>201</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K93" s="2" t="s">
-        <v>152</v>
+      <c r="K93" s="12" t="s">
+        <v>202</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M93" s="2">
         <v>136</v>
       </c>
       <c r="N93" s="4"/>
       <c r="O93" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P93" s="2" t="s">
-[...27 lines deleted...]
-        <v>137</v>
+      <c r="P93" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q93" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R93" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="S93" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T93" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U93" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="V93" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="W93" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X93" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y93" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z93" s="2"/>
       <c r="AA93" s="2"/>
-      <c r="AB93" s="2"/>
+      <c r="AB93" s="35"/>
       <c r="AC93" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="94" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B94" s="8" t="s">
+      <c r="A94" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="B94" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D94" s="2" t="s">
-        <v>126</v>
+      <c r="D94" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F94" s="2">
         <v>203</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="I94" s="2">
         <v>201</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K94" s="2" t="s">
-        <v>154</v>
+      <c r="K94" s="12" t="s">
+        <v>231</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M94" s="2">
         <v>137</v>
       </c>
       <c r="N94" s="4"/>
       <c r="O94" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P94" s="2" t="s">
+      <c r="P94" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q94" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R94" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S94" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T94" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U94" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V94" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W94" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X94" s="18" t="s">
         <v>218</v>
       </c>
-      <c r="Q94" s="2" t="s">
-[...24 lines deleted...]
-        <v>141</v>
+      <c r="Y94" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z94" s="2"/>
       <c r="AA94" s="2"/>
-      <c r="AB94" s="2"/>
+      <c r="AB94" s="35"/>
       <c r="AC94" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="95" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A95" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B95" s="8" t="s">
+      <c r="A95" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="B95" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D95" s="2" t="s">
-        <v>126</v>
+      <c r="D95" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F95" s="2">
         <v>202</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I95" s="2">
         <v>201</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K95" s="2" t="s">
-        <v>156</v>
+      <c r="K95" s="12" t="s">
+        <v>217</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M95" s="2">
         <v>138</v>
       </c>
       <c r="N95" s="4"/>
       <c r="O95" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P95" s="2" t="s">
+      <c r="P95" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q95" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R95" s="16" t="s">
         <v>218</v>
       </c>
-      <c r="Q95" s="2" t="s">
-[...8 lines deleted...]
-      <c r="T95" s="2" t="s">
+      <c r="S95" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="T95" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U95" s="2" t="s">
-[...12 lines deleted...]
-        <v>133</v>
+      <c r="U95" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="V95" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="W95" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X95" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y95" s="16" t="s">
+        <v>223</v>
       </c>
       <c r="Z95" s="2"/>
       <c r="AA95" s="2"/>
-      <c r="AB95" s="2"/>
+      <c r="AB95" s="35"/>
       <c r="AC95" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="96" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A96" s="5" t="s">
-        <v>321</v>
+      <c r="A96" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D96" s="10" t="s">
-        <v>157</v>
+      <c r="D96" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F96" s="5">
         <v>201</v>
       </c>
-      <c r="G96" s="10" t="s">
-        <v>157</v>
+      <c r="G96" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>373</v>
+        <v>350</v>
       </c>
       <c r="I96" s="5">
         <v>201</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K96" s="5" t="s">
-        <v>374</v>
+      <c r="K96" s="12" t="s">
+        <v>225</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M96" s="5">
         <v>57</v>
       </c>
       <c r="N96" s="6"/>
       <c r="O96" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P96" s="5" t="s">
+      <c r="P96" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q96" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R96" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S96" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T96" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U96" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V96" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W96" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X96" s="18" t="s">
         <v>218</v>
       </c>
-      <c r="Q96" s="5" t="s">
-[...24 lines deleted...]
-        <v>115</v>
+      <c r="Y96" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z96" s="5"/>
       <c r="AA96" s="5"/>
-      <c r="AB96" s="5"/>
+      <c r="AB96" s="34"/>
       <c r="AC96" s="5"/>
     </row>
     <row r="97" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A97" s="5" t="s">
-        <v>321</v>
+      <c r="A97" s="33" t="s">
+        <v>27</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D97" s="10" t="s">
-        <v>157</v>
+      <c r="D97" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F97" s="5">
         <v>201</v>
       </c>
-      <c r="G97" s="10" t="s">
-        <v>157</v>
+      <c r="G97" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>381</v>
+        <v>355</v>
       </c>
       <c r="I97" s="5">
         <v>201</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K97" s="5" t="s">
-        <v>382</v>
+      <c r="K97" s="12" t="s">
+        <v>233</v>
       </c>
       <c r="L97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M97" s="5">
         <v>58</v>
       </c>
       <c r="N97" s="6"/>
       <c r="O97" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P97" s="5" t="s">
+      <c r="P97" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q97" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R97" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S97" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T97" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U97" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V97" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W97" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X97" s="18" t="s">
         <v>218</v>
       </c>
-      <c r="Q97" s="5" t="s">
-[...24 lines deleted...]
-        <v>115</v>
+      <c r="Y97" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z97" s="5"/>
       <c r="AA97" s="5"/>
-      <c r="AB97" s="5"/>
+      <c r="AB97" s="34"/>
       <c r="AC97" s="5"/>
     </row>
     <row r="98" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A98" s="5" t="s">
-        <v>321</v>
+      <c r="A98" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D98" s="10" t="s">
-        <v>157</v>
+      <c r="D98" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F98" s="5">
         <v>202</v>
       </c>
-      <c r="G98" s="10" t="s">
-        <v>157</v>
+      <c r="G98" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>383</v>
+        <v>357</v>
       </c>
       <c r="I98" s="5">
         <v>201</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>187</v>
+      </c>
+      <c r="K98" s="12" t="s">
+        <v>123</v>
       </c>
       <c r="L98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M98" s="5">
         <v>59</v>
       </c>
       <c r="N98" s="6"/>
       <c r="O98" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P98" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W98" s="5" t="s">
+      <c r="P98" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q98" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R98" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S98" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T98" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U98" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V98" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W98" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X98" s="5" t="s">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="X98" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y98" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z98" s="5"/>
       <c r="AA98" s="5"/>
-      <c r="AB98" s="5"/>
+      <c r="AB98" s="34"/>
       <c r="AC98" s="5"/>
     </row>
     <row r="99" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A99" s="5" t="s">
-        <v>321</v>
+      <c r="A99" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D99" s="10" t="s">
-        <v>157</v>
+      <c r="D99" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F99" s="5">
         <v>201</v>
       </c>
-      <c r="G99" s="10" t="s">
-        <v>157</v>
+      <c r="G99" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>385</v>
+        <v>359</v>
       </c>
       <c r="I99" s="5">
         <v>201</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K99" s="5" t="s">
-        <v>386</v>
+      <c r="K99" s="12" t="s">
+        <v>96</v>
       </c>
       <c r="L99" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M99" s="5">
         <v>60</v>
       </c>
       <c r="N99" s="6"/>
       <c r="O99" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P99" s="5" t="s">
-[...20 lines deleted...]
-      <c r="W99" s="5" t="s">
+      <c r="P99" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q99" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R99" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S99" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T99" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U99" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V99" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W99" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="X99" s="5" t="s">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="X99" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y99" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z99" s="5"/>
       <c r="AA99" s="5"/>
-      <c r="AB99" s="5"/>
+      <c r="AB99" s="34"/>
       <c r="AC99" s="5"/>
     </row>
     <row r="100" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A100" s="5" t="s">
-        <v>321</v>
+      <c r="A100" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D100" s="10" t="s">
-        <v>157</v>
+      <c r="D100" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F100" s="5">
         <v>203</v>
       </c>
-      <c r="G100" s="10" t="s">
-        <v>157</v>
+      <c r="G100" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>387</v>
+        <v>361</v>
       </c>
       <c r="I100" s="5">
         <v>211</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K100" s="5" t="s">
-        <v>388</v>
+      <c r="K100" s="12" t="s">
+        <v>111</v>
       </c>
       <c r="L100" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M100" s="5">
         <v>61</v>
       </c>
       <c r="N100" s="6"/>
       <c r="O100" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q100" s="5" t="s">
+      <c r="P100" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q100" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R100" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="S100" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="T100" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U100" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="V100" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="W100" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R100" s="5" t="s">
-[...21 lines deleted...]
-        <v>277</v>
+      <c r="X100" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="Y100" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z100" s="5"/>
       <c r="AA100" s="5"/>
-      <c r="AB100" s="5"/>
+      <c r="AB100" s="34"/>
       <c r="AC100" s="5"/>
     </row>
     <row r="101" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A101" s="5" t="s">
-        <v>329</v>
+      <c r="A101" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D101" s="10" t="s">
-        <v>157</v>
+      <c r="D101" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F101" s="5">
         <v>201</v>
       </c>
-      <c r="G101" s="10" t="s">
-        <v>157</v>
+      <c r="G101" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>394</v>
+        <v>365</v>
       </c>
       <c r="I101" s="5">
         <v>201</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K101" s="5" t="s">
-        <v>395</v>
+      <c r="K101" s="12" t="s">
+        <v>100</v>
       </c>
       <c r="L101" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M101" s="5">
         <v>62</v>
       </c>
       <c r="N101" s="6"/>
       <c r="O101" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P101" s="5" t="s">
-[...27 lines deleted...]
-        <v>402</v>
+      <c r="P101" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q101" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R101" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="S101" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="T101" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U101" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="V101" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="W101" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X101" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y101" s="16" t="s">
+        <v>55</v>
       </c>
       <c r="Z101" s="5"/>
       <c r="AA101" s="5"/>
-      <c r="AB101" s="5"/>
+      <c r="AB101" s="34"/>
       <c r="AC101" s="5"/>
     </row>
     <row r="102" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A102" s="5" t="s">
-        <v>329</v>
+      <c r="A102" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D102" s="10" t="s">
-        <v>157</v>
+      <c r="D102" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F102" s="5">
         <v>201</v>
       </c>
-      <c r="G102" s="10" t="s">
-        <v>157</v>
+      <c r="G102" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>403</v>
+        <v>370</v>
       </c>
       <c r="I102" s="5">
         <v>201</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K102" s="5" t="s">
-        <v>404</v>
+      <c r="K102" s="12" t="s">
+        <v>107</v>
       </c>
       <c r="L102" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M102" s="5">
         <v>63</v>
       </c>
       <c r="N102" s="6"/>
       <c r="O102" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P102" s="5" t="s">
-[...27 lines deleted...]
-        <v>402</v>
+      <c r="P102" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q102" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R102" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="S102" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="T102" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U102" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="V102" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="W102" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X102" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y102" s="16" t="s">
+        <v>92</v>
       </c>
       <c r="Z102" s="5"/>
       <c r="AA102" s="5"/>
-      <c r="AB102" s="5"/>
+      <c r="AB102" s="34"/>
       <c r="AC102" s="5"/>
     </row>
     <row r="103" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A103" s="5" t="s">
-        <v>329</v>
+      <c r="A103" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D103" s="10" t="s">
-        <v>157</v>
+      <c r="D103" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F103" s="5">
         <v>202</v>
       </c>
-      <c r="G103" s="10" t="s">
-        <v>157</v>
+      <c r="G103" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>405</v>
+        <v>372</v>
       </c>
       <c r="I103" s="5">
         <v>201</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>187</v>
+      </c>
+      <c r="K103" s="12" t="s">
+        <v>105</v>
       </c>
       <c r="L103" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M103" s="5">
         <v>64</v>
       </c>
       <c r="N103" s="6"/>
       <c r="O103" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P103" s="5" t="s">
-[...27 lines deleted...]
-        <v>402</v>
+      <c r="P103" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q103" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R103" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="S103" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="T103" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U103" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="V103" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="W103" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X103" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y103" s="16" t="s">
+        <v>73</v>
       </c>
       <c r="Z103" s="5"/>
       <c r="AA103" s="5"/>
-      <c r="AB103" s="5"/>
+      <c r="AB103" s="34"/>
       <c r="AC103" s="5"/>
     </row>
     <row r="104" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A104" s="5" t="s">
-        <v>329</v>
+      <c r="A104" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D104" s="10" t="s">
-        <v>157</v>
+      <c r="D104" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F104" s="5">
         <v>201</v>
       </c>
-      <c r="G104" s="10" t="s">
-        <v>157</v>
+      <c r="G104" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>407</v>
+        <v>374</v>
       </c>
       <c r="I104" s="5">
         <v>201</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K104" s="5" t="s">
-        <v>408</v>
+      <c r="K104" s="12" t="s">
+        <v>113</v>
       </c>
       <c r="L104" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M104" s="5">
         <v>65</v>
       </c>
       <c r="N104" s="6"/>
       <c r="O104" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P104" s="5" t="s">
-[...27 lines deleted...]
-        <v>402</v>
+      <c r="P104" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q104" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R104" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="S104" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="T104" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U104" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="V104" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="W104" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X104" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y104" s="16" t="s">
+        <v>119</v>
       </c>
       <c r="Z104" s="5"/>
       <c r="AA104" s="5"/>
-      <c r="AB104" s="5"/>
+      <c r="AB104" s="34"/>
       <c r="AC104" s="5"/>
     </row>
     <row r="105" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A105" s="5" t="s">
-        <v>329</v>
+      <c r="A105" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D105" s="10" t="s">
-        <v>157</v>
+      <c r="D105" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>372</v>
+        <v>349</v>
       </c>
       <c r="F105" s="5">
         <v>203</v>
       </c>
-      <c r="G105" s="10" t="s">
-        <v>157</v>
+      <c r="G105" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>409</v>
+        <v>376</v>
       </c>
       <c r="I105" s="5">
         <v>201</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K105" s="5" t="s">
-        <v>410</v>
+      <c r="K105" s="12" t="s">
+        <v>277</v>
       </c>
       <c r="L105" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M105" s="5">
         <v>66</v>
       </c>
       <c r="N105" s="6"/>
       <c r="O105" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P105" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P105" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q105" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R105" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="S105" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="T105" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U105" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V105" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W105" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X105" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="Y105" s="16" t="s">
+        <v>261</v>
       </c>
       <c r="Z105" s="5"/>
       <c r="AA105" s="5"/>
-      <c r="AB105" s="5"/>
+      <c r="AB105" s="34"/>
       <c r="AC105" s="5"/>
     </row>
     <row r="106" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A106" s="5" t="s">
-        <v>320</v>
+      <c r="A106" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D106" s="10" t="s">
-        <v>157</v>
+      <c r="D106" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="F106" s="5">
         <v>204</v>
       </c>
-      <c r="G106" s="10" t="s">
-        <v>157</v>
+      <c r="G106" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>501</v>
+        <v>458</v>
       </c>
       <c r="I106" s="5">
         <v>201</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K106" s="5" t="s">
-        <v>502</v>
+      <c r="K106" s="12" t="s">
+        <v>174</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M106" s="5">
         <v>67</v>
       </c>
       <c r="N106" s="6"/>
       <c r="O106" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P106" s="5" t="s">
-[...27 lines deleted...]
-        <v>508</v>
+      <c r="P106" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q106" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R106" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S106" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T106" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U106" s="16" t="s">
+        <v>687</v>
+      </c>
+      <c r="V106" s="16" t="s">
+        <v>159</v>
+      </c>
+      <c r="W106" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X106" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y106" s="16" t="s">
+        <v>161</v>
       </c>
       <c r="Z106" s="5"/>
       <c r="AA106" s="5"/>
-      <c r="AB106" s="5"/>
+      <c r="AB106" s="34"/>
       <c r="AC106" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="107" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A107" s="5" t="s">
-        <v>320</v>
+      <c r="A107" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D107" s="10" t="s">
-        <v>157</v>
+      <c r="D107" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="F107" s="5">
         <v>203</v>
       </c>
-      <c r="G107" s="10" t="s">
-        <v>157</v>
+      <c r="G107" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>509</v>
+        <v>461</v>
       </c>
       <c r="I107" s="5">
         <v>201</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K107" s="5" t="s">
-        <v>510</v>
+      <c r="K107" s="12" t="s">
+        <v>176</v>
       </c>
       <c r="L107" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M107" s="5">
         <v>68</v>
       </c>
       <c r="N107" s="6"/>
       <c r="O107" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P107" s="5" t="s">
-[...27 lines deleted...]
-        <v>508</v>
+      <c r="P107" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q107" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R107" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S107" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T107" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U107" s="16" t="s">
+        <v>688</v>
+      </c>
+      <c r="V107" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="W107" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X107" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="Y107" s="16" t="s">
+        <v>166</v>
       </c>
       <c r="Z107" s="5"/>
       <c r="AA107" s="5"/>
-      <c r="AB107" s="5"/>
+      <c r="AB107" s="34"/>
       <c r="AC107" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="108" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A108" s="5" t="s">
-        <v>320</v>
+      <c r="A108" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D108" s="10" t="s">
-        <v>157</v>
+      <c r="D108" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="F108" s="5">
         <v>202</v>
       </c>
-      <c r="G108" s="10" t="s">
-        <v>157</v>
+      <c r="G108" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>511</v>
+        <v>463</v>
       </c>
       <c r="I108" s="5">
         <v>201</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>187</v>
+      </c>
+      <c r="K108" s="12" t="s">
+        <v>178</v>
       </c>
       <c r="L108" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M108" s="5">
         <v>69</v>
       </c>
       <c r="N108" s="6"/>
       <c r="O108" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P108" s="5" t="s">
-[...27 lines deleted...]
-        <v>508</v>
+      <c r="P108" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q108" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R108" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S108" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T108" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U108" s="16" t="s">
+        <v>688</v>
+      </c>
+      <c r="V108" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="W108" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X108" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y108" s="16" t="s">
+        <v>180</v>
       </c>
       <c r="Z108" s="5"/>
       <c r="AA108" s="5"/>
-      <c r="AB108" s="5"/>
+      <c r="AB108" s="34"/>
       <c r="AC108" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="109" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A109" s="5" t="s">
-        <v>320</v>
+      <c r="A109" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D109" s="10" t="s">
-        <v>157</v>
+      <c r="D109" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="F109" s="5">
         <v>201</v>
       </c>
-      <c r="G109" s="10" t="s">
-        <v>157</v>
+      <c r="G109" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>513</v>
+        <v>465</v>
       </c>
       <c r="I109" s="5">
         <v>201</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K109" s="5" t="s">
-        <v>514</v>
+      <c r="K109" s="12" t="s">
+        <v>182</v>
       </c>
       <c r="L109" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M109" s="5">
         <v>70</v>
       </c>
       <c r="N109" s="6"/>
       <c r="O109" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P109" s="5" t="s">
-[...27 lines deleted...]
-        <v>508</v>
+      <c r="P109" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q109" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R109" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="S109" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="T109" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U109" s="16" t="s">
+        <v>690</v>
+      </c>
+      <c r="V109" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="W109" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X109" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="Y109" s="16" t="s">
+        <v>184</v>
       </c>
       <c r="Z109" s="5"/>
       <c r="AA109" s="5"/>
-      <c r="AB109" s="5"/>
+      <c r="AB109" s="34"/>
       <c r="AC109" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A110" s="5" t="s">
-        <v>320</v>
+      <c r="A110" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D110" s="10" t="s">
-        <v>157</v>
+      <c r="D110" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>500</v>
+        <v>457</v>
       </c>
       <c r="F110" s="5">
         <v>203</v>
       </c>
-      <c r="G110" s="10" t="s">
-        <v>157</v>
+      <c r="G110" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>515</v>
+        <v>467</v>
       </c>
       <c r="I110" s="5">
         <v>201</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K110" s="5" t="s">
-        <v>516</v>
+      <c r="K110" s="12" t="s">
+        <v>296</v>
       </c>
       <c r="L110" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M110" s="5">
         <v>71</v>
       </c>
       <c r="N110" s="6"/>
       <c r="O110" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q110" s="5" t="s">
+      <c r="P110" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q110" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R110" s="5" t="s">
-[...21 lines deleted...]
-        <v>277</v>
+      <c r="R110" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S110" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T110" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U110" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V110" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W110" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X110" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y110" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z110" s="5"/>
       <c r="AA110" s="5"/>
-      <c r="AB110" s="5"/>
+      <c r="AB110" s="34"/>
       <c r="AC110" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="111" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A111" s="5" t="s">
-        <v>27</v>
+      <c r="A111" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>567</v>
+        <v>517</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D111" s="5" t="s">
-        <v>157</v>
+      <c r="D111" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>553</v>
+        <v>503</v>
       </c>
       <c r="F111" s="5">
         <v>211</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>554</v>
+        <v>504</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>555</v>
+        <v>505</v>
       </c>
       <c r="I111" s="5">
         <v>211</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K111" s="5" t="s">
-        <v>556</v>
+      <c r="K111" s="12" t="s">
+        <v>298</v>
       </c>
       <c r="L111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M111" s="5">
         <v>175</v>
       </c>
       <c r="N111" s="6"/>
       <c r="O111" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P111" s="5" t="s">
-[...27 lines deleted...]
-        <v>561</v>
+      <c r="P111" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q111" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R111" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S111" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T111" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U111" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V111" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W111" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X111" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y111" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z111" s="5"/>
       <c r="AA111" s="5"/>
-      <c r="AB111" s="5"/>
+      <c r="AB111" s="34"/>
       <c r="AC111" s="5"/>
     </row>
     <row r="112" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B112" s="8" t="s">
+      <c r="A112" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B112" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D112" s="2" t="s">
-        <v>157</v>
+      <c r="D112" s="12" t="s">
+        <v>281</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F112" s="2">
         <v>201</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="I112" s="2">
         <v>201</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K112" s="2" t="s">
-        <v>161</v>
+      <c r="K112" s="12" t="s">
+        <v>300</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M112" s="2">
         <v>139</v>
       </c>
       <c r="N112" s="4"/>
-      <c r="O112" s="9" t="s">
+      <c r="O112" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P112" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q112" s="2" t="s">
+      <c r="P112" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q112" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R112" s="2" t="s">
-[...5 lines deleted...]
-      <c r="T112" s="2" t="s">
+      <c r="R112" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="S112" s="22" t="s">
+        <v>287</v>
+      </c>
+      <c r="T112" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U112" s="2" t="s">
-[...12 lines deleted...]
-        <v>167</v>
+      <c r="U112" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="V112" s="16" t="s">
+        <v>693</v>
+      </c>
+      <c r="W112" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X112" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="Y112" s="16" t="s">
+        <v>259</v>
       </c>
       <c r="Z112" s="2"/>
       <c r="AA112" s="2"/>
-      <c r="AB112" s="2"/>
+      <c r="AB112" s="35"/>
       <c r="AC112" s="2"/>
     </row>
     <row r="113" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B113" s="8" t="s">
+      <c r="A113" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B113" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D113" s="2" t="s">
-        <v>157</v>
+      <c r="D113" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F113" s="2">
         <v>201</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="I113" s="2">
         <v>201</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K113" s="2" t="s">
-        <v>169</v>
+      <c r="K113" s="12" t="s">
+        <v>148</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M113" s="2">
         <v>140</v>
       </c>
       <c r="N113" s="4"/>
-      <c r="O113" s="9" t="s">
+      <c r="O113" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P113" s="2" t="s">
-[...27 lines deleted...]
-        <v>173</v>
+      <c r="P113" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q113" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R113" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="S113" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="T113" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U113" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="V113" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="W113" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X113" s="18" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y113" s="16" t="s">
+        <v>671</v>
       </c>
       <c r="Z113" s="2"/>
       <c r="AA113" s="2"/>
-      <c r="AB113" s="2"/>
+      <c r="AB113" s="35"/>
       <c r="AC113" s="2"/>
     </row>
     <row r="114" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B114" s="8" t="s">
+      <c r="A114" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B114" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D114" s="2" t="s">
-        <v>157</v>
+      <c r="D114" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F114" s="2">
         <v>201</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="I114" s="2">
         <v>201</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K114" s="2" t="s">
-        <v>175</v>
+      <c r="K114" s="12" t="s">
+        <v>150</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M114" s="2">
         <v>141</v>
       </c>
       <c r="N114" s="4"/>
-      <c r="O114" s="9" t="s">
+      <c r="O114" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P114" s="2" t="s">
-[...27 lines deleted...]
-        <v>177</v>
+      <c r="P114" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q114" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R114" s="16" t="s">
+        <v>140</v>
+      </c>
+      <c r="S114" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="T114" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U114" s="16" t="s">
+        <v>694</v>
+      </c>
+      <c r="V114" s="16" t="s">
+        <v>426</v>
+      </c>
+      <c r="W114" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X114" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y114" s="16" t="s">
+        <v>139</v>
       </c>
       <c r="Z114" s="2"/>
       <c r="AA114" s="2"/>
-      <c r="AB114" s="2"/>
+      <c r="AB114" s="35"/>
       <c r="AC114" s="2"/>
     </row>
     <row r="115" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A115" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B115" s="8" t="s">
+      <c r="A115" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B115" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D115" s="2" t="s">
-        <v>157</v>
+      <c r="D115" s="12" t="s">
+        <v>126</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F115" s="2">
         <v>201</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="I115" s="2">
         <v>201</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K115" s="2" t="s">
-        <v>179</v>
+      <c r="K115" s="12" t="s">
+        <v>152</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M115" s="2">
         <v>142</v>
       </c>
       <c r="N115" s="4"/>
-      <c r="O115" s="9" t="s">
+      <c r="O115" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P115" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q115" s="2" t="s">
+      <c r="P115" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q115" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R115" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="S115" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="T115" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R115" s="2" t="s">
-[...21 lines deleted...]
-        <v>183</v>
+      <c r="U115" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="V115" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="W115" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X115" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="Y115" s="16" t="s">
+        <v>133</v>
       </c>
       <c r="Z115" s="2"/>
       <c r="AA115" s="2"/>
-      <c r="AB115" s="2"/>
+      <c r="AB115" s="35"/>
       <c r="AC115" s="2"/>
     </row>
     <row r="116" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A116" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B116" s="8" t="s">
+      <c r="A116" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B116" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D116" s="2" t="s">
-        <v>157</v>
+      <c r="D116" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="F116" s="2">
         <v>202</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="I116" s="2">
         <v>201</v>
       </c>
       <c r="J116" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="K116" s="12" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M116" s="2">
         <v>147</v>
       </c>
       <c r="N116" s="4"/>
-      <c r="O116" s="9" t="s">
+      <c r="O116" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P116" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q116" s="2" t="s">
+      <c r="P116" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q116" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R116" s="2" t="s">
-[...21 lines deleted...]
-        <v>207</v>
+      <c r="R116" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="S116" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="T116" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U116" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="V116" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="W116" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X116" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y116" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z116" s="2"/>
       <c r="AA116" s="2"/>
-      <c r="AB116" s="2"/>
+      <c r="AB116" s="35"/>
       <c r="AC116" s="2"/>
     </row>
     <row r="117" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A117" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B117" s="8" t="s">
+      <c r="A117" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B117" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D117" s="2" t="s">
-        <v>157</v>
+      <c r="D117" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="F117" s="2">
         <v>201</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="I117" s="2">
         <v>201</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K117" s="2" t="s">
-        <v>209</v>
+      <c r="K117" s="12" t="s">
+        <v>197</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M117" s="2">
         <v>148</v>
       </c>
       <c r="N117" s="4"/>
-      <c r="O117" s="9" t="s">
+      <c r="O117" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P117" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q117" s="2" t="s">
+      <c r="P117" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q117" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R117" s="2" t="s">
-[...21 lines deleted...]
-        <v>207</v>
+      <c r="R117" s="16" t="s">
+        <v>190</v>
+      </c>
+      <c r="S117" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="T117" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U117" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="V117" s="16" t="s">
+        <v>696</v>
+      </c>
+      <c r="W117" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X117" s="16" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y117" s="16" t="s">
+        <v>684</v>
       </c>
       <c r="Z117" s="2"/>
       <c r="AA117" s="2"/>
-      <c r="AB117" s="2"/>
+      <c r="AB117" s="35"/>
       <c r="AC117" s="2"/>
     </row>
     <row r="118" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A118" s="5" t="s">
+      <c r="A118" s="33" t="s">
         <v>26</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>568</v>
+        <v>518</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D118" s="5" t="s">
-        <v>157</v>
+      <c r="D118" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>562</v>
+        <v>512</v>
       </c>
       <c r="F118" s="5">
         <v>211</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>554</v>
+        <v>504</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>563</v>
+        <v>513</v>
       </c>
       <c r="I118" s="5">
         <v>211</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K118" s="5" t="s">
-        <v>564</v>
+      <c r="K118" s="12" t="s">
+        <v>274</v>
       </c>
       <c r="L118" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M118" s="5">
         <v>176</v>
       </c>
       <c r="N118" s="6"/>
       <c r="O118" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P118" s="5" t="s">
-[...27 lines deleted...]
-        <v>561</v>
+      <c r="P118" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q118" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R118" s="16" t="s">
+        <v>413</v>
+      </c>
+      <c r="S118" s="16" t="s">
+        <v>414</v>
+      </c>
+      <c r="T118" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U118" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="V118" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="W118" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X118" s="16" t="s">
+        <v>650</v>
+      </c>
+      <c r="Y118" s="16" t="s">
+        <v>412</v>
       </c>
       <c r="Z118" s="5"/>
       <c r="AA118" s="5"/>
-      <c r="AB118" s="5"/>
+      <c r="AB118" s="34"/>
       <c r="AC118" s="5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="119" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
+      <c r="A119" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B119" s="8" t="s">
+      <c r="B119" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D119" s="2" t="s">
-        <v>157</v>
+      <c r="D119" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="F119" s="2">
         <v>201</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="I119" s="2">
         <v>201</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K119" s="2" t="s">
-        <v>186</v>
+      <c r="K119" s="12" t="s">
+        <v>103</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M119" s="2">
         <v>143</v>
       </c>
       <c r="N119" s="4"/>
-      <c r="O119" s="9" t="s">
+      <c r="O119" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P119" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q119" s="2" t="s">
+      <c r="P119" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q119" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R119" s="2" t="s">
-[...5 lines deleted...]
-      <c r="T119" s="2" t="s">
+      <c r="R119" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S119" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T119" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U119" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="V119" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W119" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U119" s="2" t="s">
-[...12 lines deleted...]
-        <v>167</v>
+      <c r="X119" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y119" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z119" s="2"/>
       <c r="AA119" s="2"/>
-      <c r="AB119" s="2"/>
+      <c r="AB119" s="35"/>
       <c r="AC119" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="120" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
+      <c r="A120" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B120" s="8" t="s">
+      <c r="B120" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D120" s="2" t="s">
-        <v>157</v>
+      <c r="D120" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="F120" s="2">
         <v>202</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="I120" s="2">
         <v>201</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K120" s="2" t="s">
-        <v>188</v>
+      <c r="K120" s="12" t="s">
+        <v>121</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M120" s="2">
         <v>144</v>
       </c>
       <c r="N120" s="4"/>
-      <c r="O120" s="9" t="s">
+      <c r="O120" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P120" s="2" t="s">
-[...27 lines deleted...]
-        <v>173</v>
+      <c r="P120" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q120" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R120" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="S120" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="T120" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U120" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="V120" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="W120" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X120" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y120" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="Z120" s="2"/>
       <c r="AA120" s="2"/>
-      <c r="AB120" s="2"/>
+      <c r="AB120" s="35"/>
       <c r="AC120" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="121" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
+      <c r="A121" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B121" s="8" t="s">
+      <c r="B121" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D121" s="2" t="s">
-        <v>157</v>
+      <c r="D121" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="F121" s="2">
         <v>204</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="I121" s="2">
         <v>201</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K121" s="2" t="s">
-        <v>190</v>
+      <c r="K121" s="12" t="s">
+        <v>125</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M121" s="2">
         <v>145</v>
       </c>
       <c r="N121" s="4"/>
-      <c r="O121" s="9" t="s">
+      <c r="O121" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P121" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q121" s="2" t="s">
+      <c r="P121" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q121" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R121" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="S121" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="T121" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R121" s="2" t="s">
-[...21 lines deleted...]
-        <v>192</v>
+      <c r="U121" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="V121" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="W121" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X121" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y121" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z121" s="2"/>
       <c r="AA121" s="2"/>
-      <c r="AB121" s="2"/>
+      <c r="AB121" s="35"/>
       <c r="AC121" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="122" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
+      <c r="A122" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B122" s="8" t="s">
+      <c r="B122" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D122" s="2" t="s">
-        <v>157</v>
+      <c r="D122" s="12" t="s">
+        <v>30</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="F122" s="2">
         <v>203</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="I122" s="2">
         <v>201</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K122" s="2" t="s">
-        <v>194</v>
+      <c r="K122" s="12" t="s">
+        <v>109</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M122" s="2">
         <v>146</v>
       </c>
       <c r="N122" s="4"/>
-      <c r="O122" s="9" t="s">
+      <c r="O122" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P122" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q122" s="2" t="s">
+      <c r="P122" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q122" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R122" s="2" t="s">
-[...21 lines deleted...]
-        <v>196</v>
+      <c r="R122" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="S122" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="T122" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U122" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="V122" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="W122" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X122" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y122" s="16" t="s">
+        <v>65</v>
       </c>
       <c r="Z122" s="2"/>
       <c r="AA122" s="2"/>
-      <c r="AB122" s="2"/>
+      <c r="AB122" s="35"/>
       <c r="AC122" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="123" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
+      <c r="A123" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B123" s="8" t="s">
+      <c r="B123" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D123" s="2" t="s">
-        <v>157</v>
+      <c r="D123" s="12" t="s">
+        <v>243</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F123" s="2">
         <v>202</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="I123" s="2">
         <v>201</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>187</v>
+      </c>
+      <c r="K123" s="12" t="s">
+        <v>280</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M123" s="2">
         <v>149</v>
       </c>
       <c r="N123" s="4"/>
-      <c r="O123" s="9" t="s">
+      <c r="O123" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P123" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q123" s="2" t="s">
+      <c r="P123" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q123" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R123" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="S123" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="T123" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U123" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="V123" s="16" t="s">
+        <v>267</v>
+      </c>
+      <c r="W123" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R123" s="2" t="s">
-[...21 lines deleted...]
-        <v>207</v>
+      <c r="X123" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y123" s="16" t="s">
+        <v>271</v>
       </c>
       <c r="Z123" s="2"/>
       <c r="AA123" s="2"/>
-      <c r="AB123" s="2"/>
+      <c r="AB123" s="35"/>
       <c r="AC123" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="124" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A124" s="2" t="s">
+      <c r="A124" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B124" s="8" t="s">
+      <c r="B124" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D124" s="2" t="s">
-        <v>157</v>
+      <c r="D124" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="F124" s="2">
         <v>201</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="I124" s="2">
         <v>201</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K124" s="2" t="s">
-        <v>214</v>
+      <c r="K124" s="12" t="s">
+        <v>213</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M124" s="2">
         <v>150</v>
       </c>
       <c r="N124" s="4"/>
-      <c r="O124" s="9" t="s">
+      <c r="O124" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P124" s="2" t="s">
-[...8 lines deleted...]
-      <c r="S124" s="2" t="s">
+      <c r="P124" s="16" t="s">
         <v>203</v>
       </c>
-      <c r="T124" s="2" t="s">
-[...2 lines deleted...]
-      <c r="U124" s="2" t="s">
+      <c r="Q124" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R124" s="16" t="s">
         <v>204</v>
       </c>
-      <c r="V124" s="2" t="s">
+      <c r="S124" s="16" t="s">
         <v>205</v>
       </c>
-      <c r="W124" s="2" t="s">
-[...2 lines deleted...]
-      <c r="X124" s="2" t="s">
+      <c r="T124" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U124" s="16" t="s">
         <v>206</v>
       </c>
-      <c r="Y124" s="2" t="s">
+      <c r="V124" s="16" t="s">
         <v>207</v>
+      </c>
+      <c r="W124" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X124" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y124" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z124" s="2"/>
       <c r="AA124" s="2"/>
-      <c r="AB124" s="2"/>
+      <c r="AB124" s="35"/>
       <c r="AC124" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="125" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A125" s="5" t="s">
-        <v>569</v>
+      <c r="A125" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B125" s="5"/>
       <c r="C125" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D125" s="5" t="s">
-        <v>157</v>
+      <c r="D125" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>601</v>
+        <v>550</v>
       </c>
       <c r="F125" s="5">
         <v>999</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>602</v>
+        <v>551</v>
       </c>
       <c r="I125" s="5">
         <v>999</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>187</v>
+      </c>
+      <c r="K125" s="12" t="s">
+        <v>211</v>
       </c>
       <c r="L125" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M125" s="5">
         <v>12</v>
       </c>
       <c r="N125" s="6"/>
       <c r="O125" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P125" s="5" t="s">
-[...27 lines deleted...]
-        <v>63</v>
+      <c r="P125" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q125" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R125" s="16" t="s">
+        <v>204</v>
+      </c>
+      <c r="S125" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T125" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U125" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="V125" s="16" t="s">
+        <v>207</v>
+      </c>
+      <c r="W125" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X125" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y125" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z125" s="5"/>
       <c r="AA125" s="5"/>
-      <c r="AB125" s="5"/>
+      <c r="AB125" s="34"/>
       <c r="AC125" s="5"/>
     </row>
     <row r="126" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A126" s="5" t="s">
-        <v>569</v>
+      <c r="A126" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B126" s="5"/>
       <c r="C126" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D126" s="5" t="s">
-        <v>157</v>
+      <c r="D126" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>601</v>
+        <v>550</v>
       </c>
       <c r="F126" s="5">
         <v>999</v>
       </c>
       <c r="G126" s="5" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>608</v>
+        <v>556</v>
       </c>
       <c r="I126" s="5">
         <v>999</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K126" s="5" t="s">
-        <v>609</v>
+      <c r="K126" s="12" t="s">
+        <v>240</v>
       </c>
       <c r="L126" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M126" s="5">
         <v>13</v>
       </c>
       <c r="N126" s="6"/>
       <c r="O126" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P126" s="5" t="s">
+      <c r="P126" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q126" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R126" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S126" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T126" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U126" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V126" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W126" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X126" s="18" t="s">
         <v>218</v>
       </c>
-      <c r="Q126" s="5" t="s">
-[...24 lines deleted...]
-        <v>63</v>
+      <c r="Y126" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z126" s="5"/>
       <c r="AA126" s="5"/>
-      <c r="AB126" s="5"/>
+      <c r="AB126" s="34"/>
       <c r="AC126" s="5"/>
     </row>
     <row r="127" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A127" s="5" t="s">
-        <v>569</v>
+      <c r="A127" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B127" s="5"/>
       <c r="C127" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D127" s="5" t="s">
-        <v>157</v>
+      <c r="D127" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>615</v>
+        <v>561</v>
       </c>
       <c r="F127" s="5">
         <v>211</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>616</v>
+        <v>562</v>
       </c>
       <c r="I127" s="5">
         <v>211</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K127" s="5" t="s">
-        <v>617</v>
+      <c r="K127" s="12" t="s">
+        <v>236</v>
       </c>
       <c r="L127" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M127" s="5">
         <v>15</v>
       </c>
       <c r="N127" s="6"/>
       <c r="O127" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P127" s="5" t="s">
+      <c r="P127" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q127" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R127" s="16" t="s">
         <v>218</v>
       </c>
-      <c r="Q127" s="5" t="s">
-[...5 lines deleted...]
-      <c r="S127" s="5" t="s">
+      <c r="S127" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="T127" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U127" s="16" t="s">
         <v>220</v>
       </c>
-      <c r="T127" s="5" t="s">
-[...15 lines deleted...]
-        <v>614</v>
+      <c r="V127" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="W127" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X127" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y127" s="16" t="s">
+        <v>223</v>
       </c>
       <c r="Z127" s="5"/>
       <c r="AA127" s="5"/>
-      <c r="AB127" s="5"/>
+      <c r="AB127" s="34"/>
       <c r="AC127" s="5"/>
     </row>
     <row r="128" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A128" s="5" t="s">
-        <v>569</v>
+      <c r="A128" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B128" s="5"/>
       <c r="C128" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D128" s="5" t="s">
-        <v>157</v>
+      <c r="D128" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>610</v>
+        <v>558</v>
       </c>
       <c r="F128" s="5">
         <v>221</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>611</v>
+        <v>559</v>
       </c>
       <c r="I128" s="5">
         <v>221</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K128" s="5" t="s">
-        <v>612</v>
+      <c r="K128" s="12" t="s">
+        <v>238</v>
       </c>
       <c r="L128" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M128" s="5">
         <v>14</v>
       </c>
       <c r="N128" s="6"/>
       <c r="O128" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P128" s="5" t="s">
+      <c r="P128" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q128" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R128" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S128" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T128" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U128" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V128" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W128" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X128" s="18" t="s">
         <v>218</v>
       </c>
-      <c r="Q128" s="5" t="s">
-[...24 lines deleted...]
-        <v>614</v>
+      <c r="Y128" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z128" s="5"/>
       <c r="AA128" s="5"/>
-      <c r="AB128" s="5"/>
+      <c r="AB128" s="34"/>
       <c r="AC128" s="5"/>
     </row>
     <row r="129" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A129" s="5" t="s">
-        <v>321</v>
+      <c r="A129" s="33" t="s">
+        <v>26</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D129" s="10" t="s">
-        <v>230</v>
+      <c r="D129" s="12" t="s">
+        <v>214</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F129" s="5">
         <v>201</v>
       </c>
-      <c r="G129" s="10" t="s">
-        <v>230</v>
+      <c r="G129" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>419</v>
+        <v>386</v>
       </c>
       <c r="I129" s="5">
         <v>201</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K129" s="5" t="s">
-        <v>420</v>
+      <c r="K129" s="12" t="s">
+        <v>242</v>
       </c>
       <c r="L129" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M129" s="5">
         <v>90</v>
       </c>
       <c r="N129" s="6"/>
       <c r="O129" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P129" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q129" s="5" t="s">
+      <c r="P129" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q129" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R129" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="S129" s="16" t="s">
+        <v>227</v>
+      </c>
+      <c r="T129" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U129" s="16" t="s">
+        <v>228</v>
+      </c>
+      <c r="V129" s="16" t="s">
+        <v>229</v>
+      </c>
+      <c r="W129" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R129" s="5" t="s">
-[...21 lines deleted...]
-        <v>239</v>
+      <c r="X129" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y129" s="16" t="s">
+        <v>219</v>
       </c>
       <c r="Z129" s="5"/>
       <c r="AA129" s="5"/>
-      <c r="AB129" s="5"/>
+      <c r="AB129" s="34"/>
       <c r="AC129" s="5"/>
     </row>
     <row r="130" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A130" s="5" t="s">
-        <v>321</v>
+      <c r="A130" s="36" t="s">
+        <v>27</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D130" s="10" t="s">
-        <v>230</v>
+      <c r="D130" s="14" t="s">
+        <v>153</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F130" s="5">
         <v>201</v>
       </c>
-      <c r="G130" s="10" t="s">
-        <v>230</v>
+      <c r="G130" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="I130" s="5">
         <v>201</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K130" s="5" t="s">
-        <v>425</v>
+      <c r="K130" s="14" t="s">
+        <v>506</v>
       </c>
       <c r="L130" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M130" s="5">
         <v>91</v>
       </c>
       <c r="N130" s="6"/>
       <c r="O130" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P130" s="5" t="s">
-[...27 lines deleted...]
-        <v>427</v>
+      <c r="P130" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q130" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R130" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="S130" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T130" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U130" s="16" t="s">
+        <v>508</v>
+      </c>
+      <c r="V130" s="16" t="s">
+        <v>509</v>
+      </c>
+      <c r="W130" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X130" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="Y130" s="16" t="s">
+        <v>511</v>
       </c>
       <c r="Z130" s="5"/>
       <c r="AA130" s="5"/>
-      <c r="AB130" s="5"/>
+      <c r="AB130" s="34"/>
       <c r="AC130" s="5"/>
     </row>
     <row r="131" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A131" s="5" t="s">
-        <v>321</v>
+      <c r="A131" s="36" t="s">
+        <v>26</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D131" s="10" t="s">
-        <v>230</v>
+      <c r="D131" s="14" t="s">
+        <v>153</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F131" s="5">
         <v>202</v>
       </c>
-      <c r="G131" s="10" t="s">
-        <v>230</v>
+      <c r="G131" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>428</v>
+        <v>395</v>
       </c>
       <c r="I131" s="5">
         <v>201</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>187</v>
+      </c>
+      <c r="K131" s="14" t="s">
+        <v>514</v>
       </c>
       <c r="L131" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M131" s="5">
         <v>92</v>
       </c>
       <c r="N131" s="6"/>
       <c r="O131" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P131" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q131" s="5" t="s">
+      <c r="P131" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q131" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R131" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="S131" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T131" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R131" s="5" t="s">
-[...21 lines deleted...]
-        <v>427</v>
+      <c r="U131" s="16" t="s">
+        <v>515</v>
+      </c>
+      <c r="V131" s="16" t="s">
+        <v>516</v>
+      </c>
+      <c r="W131" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X131" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="Y131" s="16" t="s">
+        <v>511</v>
       </c>
       <c r="Z131" s="5"/>
       <c r="AA131" s="5"/>
-      <c r="AB131" s="5"/>
+      <c r="AB131" s="34"/>
       <c r="AC131" s="5"/>
     </row>
     <row r="132" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A132" s="5" t="s">
-        <v>329</v>
+      <c r="A132" s="36" t="s">
+        <v>651</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D132" s="10" t="s">
-        <v>230</v>
+      <c r="D132" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F132" s="5">
         <v>201</v>
       </c>
-      <c r="G132" s="10" t="s">
-        <v>230</v>
+      <c r="G132" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>430</v>
+        <v>397</v>
       </c>
       <c r="I132" s="5">
         <v>201</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K132" s="5" t="s">
-        <v>431</v>
+      <c r="K132" s="14" t="s">
+        <v>654</v>
       </c>
       <c r="L132" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M132" s="5">
         <v>93</v>
       </c>
       <c r="N132" s="6"/>
       <c r="O132" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P132" s="5" t="s">
-[...27 lines deleted...]
-        <v>239</v>
+      <c r="P132" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q132" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R132" s="16" t="s">
+        <v>542</v>
+      </c>
+      <c r="S132" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="T132" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U132" s="16" t="s">
+        <v>535</v>
+      </c>
+      <c r="V132" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="W132" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X132" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="Y132" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="Z132" s="5"/>
       <c r="AA132" s="5"/>
-      <c r="AB132" s="5"/>
+      <c r="AB132" s="34"/>
       <c r="AC132" s="5"/>
     </row>
     <row r="133" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A133" s="5" t="s">
-        <v>329</v>
+      <c r="A133" s="36" t="s">
+        <v>651</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D133" s="10" t="s">
-        <v>230</v>
+      <c r="D133" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F133" s="5">
         <v>201</v>
       </c>
-      <c r="G133" s="10" t="s">
-        <v>230</v>
+      <c r="G133" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>432</v>
+        <v>399</v>
       </c>
       <c r="I133" s="5">
         <v>201</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K133" s="5" t="s">
-        <v>433</v>
+      <c r="K133" s="14" t="s">
+        <v>655</v>
       </c>
       <c r="L133" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M133" s="5">
         <v>94</v>
       </c>
       <c r="N133" s="6"/>
       <c r="O133" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P133" s="5" t="s">
-[...27 lines deleted...]
-        <v>439</v>
+      <c r="P133" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q133" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R133" s="16" t="s">
+        <v>542</v>
+      </c>
+      <c r="S133" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="T133" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U133" s="17" t="s">
+        <v>535</v>
+      </c>
+      <c r="V133" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="W133" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X133" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="Y133" s="16" t="s">
+        <v>483</v>
       </c>
       <c r="Z133" s="5"/>
       <c r="AA133" s="5"/>
-      <c r="AB133" s="5"/>
+      <c r="AB133" s="34"/>
       <c r="AC133" s="5"/>
     </row>
     <row r="134" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A134" s="5" t="s">
-        <v>329</v>
+      <c r="A134" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D134" s="10" t="s">
-        <v>230</v>
+      <c r="D134" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="F134" s="5">
         <v>202</v>
       </c>
-      <c r="G134" s="10" t="s">
-        <v>230</v>
+      <c r="G134" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>440</v>
+        <v>406</v>
       </c>
       <c r="I134" s="5">
         <v>201</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>187</v>
+      </c>
+      <c r="K134" s="24" t="s">
+        <v>697</v>
       </c>
       <c r="L134" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M134" s="5">
         <v>95</v>
       </c>
       <c r="N134" s="6"/>
       <c r="O134" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P134" s="5" t="s">
-[...27 lines deleted...]
-        <v>439</v>
+      <c r="P134" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q134" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R134" s="16" t="s">
+        <v>524</v>
+      </c>
+      <c r="S134" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="T134" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U134" s="17" t="s">
+        <v>525</v>
+      </c>
+      <c r="V134" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="W134" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X134" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="Y134" s="16" t="s">
+        <v>40</v>
       </c>
       <c r="Z134" s="5"/>
       <c r="AA134" s="5"/>
-      <c r="AB134" s="5"/>
+      <c r="AB134" s="34"/>
       <c r="AC134" s="5"/>
     </row>
     <row r="135" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A135" s="5" t="s">
-        <v>320</v>
+      <c r="A135" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D135" s="10" t="s">
-        <v>230</v>
+      <c r="D135" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>525</v>
+        <v>477</v>
       </c>
       <c r="F135" s="5">
         <v>201</v>
       </c>
-      <c r="G135" s="10" t="s">
-        <v>230</v>
+      <c r="G135" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>526</v>
+        <v>478</v>
       </c>
       <c r="I135" s="5">
         <v>201</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K135" s="5" t="s">
-        <v>527</v>
+      <c r="K135" s="24" t="s">
+        <v>698</v>
       </c>
       <c r="L135" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M135" s="5">
         <v>96</v>
       </c>
       <c r="N135" s="6"/>
       <c r="O135" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P135" s="5" t="s">
-[...27 lines deleted...]
-        <v>239</v>
+      <c r="P135" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q135" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R135" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="S135" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="T135" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U135" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="V135" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="W135" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X135" s="16" t="s">
+        <v>530</v>
+      </c>
+      <c r="Y135" s="16" t="s">
+        <v>531</v>
       </c>
       <c r="Z135" s="5"/>
       <c r="AA135" s="5"/>
-      <c r="AB135" s="5"/>
+      <c r="AB135" s="34"/>
       <c r="AC135" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="136" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A136" s="5" t="s">
-        <v>320</v>
+      <c r="A136" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D136" s="10" t="s">
-        <v>230</v>
+      <c r="D136" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>525</v>
+        <v>477</v>
       </c>
       <c r="F136" s="5">
         <v>201</v>
       </c>
-      <c r="G136" s="10" t="s">
-        <v>230</v>
+      <c r="G136" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>528</v>
+        <v>480</v>
       </c>
       <c r="I136" s="5">
         <v>201</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K136" s="5" t="s">
-        <v>529</v>
+      <c r="K136" s="24" t="s">
+        <v>699</v>
       </c>
       <c r="L136" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M136" s="5">
         <v>97</v>
       </c>
       <c r="N136" s="6"/>
       <c r="O136" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P136" s="5" t="s">
-[...5 lines deleted...]
-      <c r="R136" s="5" t="s">
+      <c r="P136" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q136" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R136" s="16" t="s">
         <v>530</v>
       </c>
-      <c r="S136" s="5" t="s">
+      <c r="S136" s="16" t="s">
         <v>531</v>
       </c>
-      <c r="T136" s="5" t="s">
-[...15 lines deleted...]
-        <v>427</v>
+      <c r="T136" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U136" s="16" t="s">
+        <v>535</v>
+      </c>
+      <c r="V136" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="W136" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X136" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="Y136" s="16" t="s">
+        <v>538</v>
       </c>
       <c r="Z136" s="5"/>
       <c r="AA136" s="5"/>
-      <c r="AB136" s="5"/>
+      <c r="AB136" s="34"/>
       <c r="AC136" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="137" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A137" s="5" t="s">
-        <v>320</v>
+      <c r="A137" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D137" s="10" t="s">
-        <v>230</v>
+      <c r="D137" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>525</v>
+        <v>477</v>
       </c>
       <c r="F137" s="5">
         <v>202</v>
       </c>
-      <c r="G137" s="10" t="s">
-        <v>230</v>
+      <c r="G137" s="9" t="s">
+        <v>214</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>534</v>
+        <v>486</v>
       </c>
       <c r="I137" s="5">
         <v>201</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>187</v>
+      </c>
+      <c r="K137" s="24" t="s">
+        <v>700</v>
       </c>
       <c r="L137" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M137" s="5">
         <v>98</v>
       </c>
       <c r="N137" s="6"/>
       <c r="O137" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P137" s="5" t="s">
-[...5 lines deleted...]
-      <c r="R137" s="5" t="s">
+      <c r="P137" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q137" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R137" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="S137" s="16" t="s">
+        <v>538</v>
+      </c>
+      <c r="T137" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U137" s="16" t="s">
+        <v>535</v>
+      </c>
+      <c r="V137" s="16" t="s">
+        <v>536</v>
+      </c>
+      <c r="W137" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X137" s="16" t="s">
         <v>530</v>
       </c>
-      <c r="S137" s="5" t="s">
+      <c r="Y137" s="16" t="s">
         <v>531</v>
       </c>
-      <c r="T137" s="5" t="s">
-[...19 lines deleted...]
-      <c r="AB137" s="5"/>
+      <c r="Z137" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA137" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="AB137" s="34" t="s">
+        <v>543</v>
+      </c>
       <c r="AC137" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="138" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A138" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B138" s="8" t="s">
+      <c r="A138" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B138" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D138" s="2" t="s">
-        <v>230</v>
+      <c r="D138" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="F138" s="2">
         <v>202</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="I138" s="2">
         <v>201</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>187</v>
+      </c>
+      <c r="K138" s="12" t="s">
+        <v>701</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M138" s="2">
         <v>155</v>
       </c>
       <c r="N138" s="4"/>
       <c r="O138" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P138" s="2" t="s">
-[...31 lines deleted...]
-      <c r="AB138" s="2"/>
+      <c r="P138" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q138" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R138" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="S138" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="T138" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U138" s="18" t="s">
+        <v>524</v>
+      </c>
+      <c r="V138" s="18" t="s">
+        <v>549</v>
+      </c>
+      <c r="W138" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X138" s="18" t="s">
+        <v>525</v>
+      </c>
+      <c r="Y138" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="Z138" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA138" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="AB138" s="35" t="s">
+        <v>543</v>
+      </c>
       <c r="AC138" s="2"/>
     </row>
     <row r="139" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B139" s="8" t="s">
+      <c r="A139" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B139" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D139" s="2" t="s">
-        <v>230</v>
+      <c r="D139" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="F139" s="2">
         <v>201</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="I139" s="2">
         <v>201</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K139" s="2" t="s">
-        <v>241</v>
+      <c r="K139" s="12" t="s">
+        <v>523</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M139" s="2">
         <v>156</v>
       </c>
       <c r="N139" s="4"/>
       <c r="O139" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P139" s="2" t="s">
-[...27 lines deleted...]
-        <v>235</v>
+      <c r="P139" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q139" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R139" s="18" t="s">
+        <v>524</v>
+      </c>
+      <c r="S139" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="T139" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U139" s="18" t="s">
+        <v>525</v>
+      </c>
+      <c r="V139" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="W139" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X139" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="Y139" s="18" t="s">
+        <v>40</v>
       </c>
       <c r="Z139" s="2"/>
       <c r="AA139" s="2"/>
-      <c r="AB139" s="2"/>
+      <c r="AB139" s="35"/>
       <c r="AC139" s="2"/>
     </row>
     <row r="140" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A140" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B140" s="8" t="s">
+      <c r="A140" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B140" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D140" s="2" t="s">
+      <c r="D140" s="13" t="s">
+        <v>711</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F140" s="2">
+        <v>201</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="H140" s="2" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>246</v>
       </c>
       <c r="I140" s="2">
         <v>201</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K140" s="2" t="s">
-        <v>247</v>
+      <c r="K140" s="12" t="s">
+        <v>529</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M140" s="2">
         <v>157</v>
       </c>
       <c r="N140" s="4"/>
       <c r="O140" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P140" s="2" t="s">
-[...27 lines deleted...]
-        <v>235</v>
+      <c r="P140" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q140" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R140" s="18" t="s">
+        <v>525</v>
+      </c>
+      <c r="S140" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="T140" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U140" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="V140" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="W140" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X140" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="Y140" s="18" t="s">
+        <v>531</v>
       </c>
       <c r="Z140" s="2"/>
       <c r="AA140" s="2"/>
-      <c r="AB140" s="2"/>
+      <c r="AB140" s="35"/>
       <c r="AC140" s="2"/>
     </row>
     <row r="141" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B141" s="8" t="s">
+      <c r="A141" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B141" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D141" s="2" t="s">
-        <v>230</v>
+      <c r="D141" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="F141" s="2">
         <v>201</v>
       </c>
       <c r="G141" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>248</v>
+        <v>232</v>
       </c>
       <c r="I141" s="2">
         <v>201</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K141" s="2" t="s">
-        <v>249</v>
+      <c r="K141" s="12" t="s">
+        <v>534</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M141" s="2">
         <v>158</v>
       </c>
       <c r="N141" s="4"/>
       <c r="O141" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P141" s="2" t="s">
-[...27 lines deleted...]
-        <v>235</v>
+      <c r="P141" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q141" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R141" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="S141" s="18" t="s">
+        <v>531</v>
+      </c>
+      <c r="T141" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U141" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="V141" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="W141" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X141" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="Y141" s="18" t="s">
+        <v>538</v>
       </c>
       <c r="Z141" s="2"/>
       <c r="AA141" s="2"/>
-      <c r="AB141" s="2"/>
+      <c r="AB141" s="35"/>
       <c r="AC141" s="2"/>
     </row>
     <row r="142" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A142" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B142" s="8" t="s">
+      <c r="A142" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B142" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D142" s="2" t="s">
-        <v>230</v>
+      <c r="D142" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F142" s="2">
         <v>202</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="I142" s="2">
         <v>201</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>187</v>
+      </c>
+      <c r="K142" s="12" t="s">
+        <v>541</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M142" s="2">
         <v>159</v>
       </c>
       <c r="N142" s="4"/>
       <c r="O142" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P142" s="2" t="s">
-[...31 lines deleted...]
-      <c r="AB142" s="2"/>
+      <c r="P142" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q142" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R142" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="S142" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="T142" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U142" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="V142" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="W142" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X142" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="Y142" s="18" t="s">
+        <v>531</v>
+      </c>
+      <c r="Z142" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA142" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="AB142" s="35" t="s">
+        <v>543</v>
+      </c>
       <c r="AC142" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="143" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A143" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B143" s="8" t="s">
+      <c r="A143" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B143" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D143" s="2" t="s">
-        <v>230</v>
+      <c r="D143" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F143" s="2">
         <v>203</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="I143" s="2">
         <v>201</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K143" s="2" t="s">
-        <v>254</v>
+      <c r="K143" s="12" t="s">
+        <v>546</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M143" s="2">
         <v>160</v>
       </c>
       <c r="N143" s="4"/>
       <c r="O143" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P143" s="2" t="s">
-[...27 lines deleted...]
-        <v>235</v>
+      <c r="P143" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q143" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R143" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="S143" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="T143" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U143" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="V143" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="W143" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X143" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="Y143" s="18" t="s">
+        <v>531</v>
       </c>
       <c r="Z143" s="2"/>
       <c r="AA143" s="2"/>
-      <c r="AB143" s="2"/>
+      <c r="AB143" s="35"/>
       <c r="AC143" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="144" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B144" s="8" t="s">
+      <c r="A144" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B144" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D144" s="2" t="s">
-        <v>230</v>
+      <c r="D144" s="13" t="s">
+        <v>711</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F144" s="2">
         <v>201</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="I144" s="2">
         <v>201</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K144" s="2" t="s">
-        <v>256</v>
+      <c r="K144" s="12" t="s">
+        <v>548</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M144" s="2">
         <v>161</v>
       </c>
       <c r="N144" s="4"/>
       <c r="O144" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P144" s="2" t="s">
-[...31 lines deleted...]
-      <c r="AB144" s="2"/>
+      <c r="P144" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q144" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R144" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="S144" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="T144" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U144" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="V144" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="W144" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X144" s="18" t="s">
+        <v>525</v>
+      </c>
+      <c r="Y144" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="Z144" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA144" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="AB144" s="35" t="s">
+        <v>543</v>
+      </c>
       <c r="AC144" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="145" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B145" s="8" t="s">
+      <c r="A145" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B145" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D145" s="2" t="s">
-        <v>230</v>
+      <c r="D145" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F145" s="2">
         <v>204</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="I145" s="2">
         <v>201</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K145" s="2" t="s">
-        <v>258</v>
+      <c r="K145" s="12" t="s">
+        <v>552</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M145" s="2">
         <v>162</v>
       </c>
       <c r="N145" s="4"/>
       <c r="O145" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P145" s="2" t="s">
-[...20 lines deleted...]
-      <c r="W145" s="2" t="s">
+      <c r="P145" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q145" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="X145" s="2" t="s">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="R145" s="16" t="s">
+        <v>712</v>
+      </c>
+      <c r="S145" s="16" t="s">
+        <v>713</v>
+      </c>
+      <c r="T145" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U145" s="18" t="s">
+        <v>553</v>
+      </c>
+      <c r="V145" s="18" t="s">
+        <v>554</v>
+      </c>
+      <c r="W145" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X145" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="Y145" s="18" t="s">
+        <v>63</v>
       </c>
       <c r="Z145" s="2"/>
       <c r="AA145" s="2"/>
-      <c r="AB145" s="2"/>
+      <c r="AB145" s="35"/>
       <c r="AC145" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="146" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A146" s="5" t="s">
-        <v>569</v>
+      <c r="A146" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D146" s="5" t="s">
-        <v>230</v>
+      <c r="D146" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>684</v>
+        <v>626</v>
       </c>
       <c r="F146" s="5">
         <v>999</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>685</v>
+        <v>627</v>
       </c>
       <c r="I146" s="5">
         <v>999</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K146" s="5" t="s">
-        <v>686</v>
+      <c r="K146" s="12" t="s">
+        <v>557</v>
       </c>
       <c r="L146" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M146" s="5">
         <v>43</v>
       </c>
       <c r="N146" s="6"/>
       <c r="O146" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P146" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q146" s="5" t="s">
+      <c r="P146" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q146" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R146" s="5" t="s">
-[...21 lines deleted...]
-        <v>531</v>
+      <c r="R146" s="16" t="s">
+        <v>712</v>
+      </c>
+      <c r="S146" s="16" t="s">
+        <v>713</v>
+      </c>
+      <c r="T146" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U146" s="16" t="s">
+        <v>553</v>
+      </c>
+      <c r="V146" s="16" t="s">
+        <v>554</v>
+      </c>
+      <c r="W146" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X146" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="Y146" s="16" t="s">
+        <v>63</v>
       </c>
       <c r="Z146" s="5"/>
       <c r="AA146" s="5"/>
-      <c r="AB146" s="5"/>
+      <c r="AB146" s="34"/>
       <c r="AC146" s="5"/>
     </row>
     <row r="147" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A147" s="5" t="s">
-        <v>569</v>
+      <c r="A147" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D147" s="5" t="s">
-        <v>230</v>
+      <c r="D147" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>689</v>
+        <v>631</v>
       </c>
       <c r="F147" s="5">
         <v>221</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>690</v>
+        <v>632</v>
       </c>
       <c r="I147" s="5">
         <v>221</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K147" s="5" t="s">
-        <v>691</v>
+      <c r="K147" s="12" t="s">
+        <v>560</v>
       </c>
       <c r="L147" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M147" s="5">
         <v>44</v>
       </c>
       <c r="N147" s="6"/>
       <c r="O147" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P147" s="5" t="s">
-[...27 lines deleted...]
-        <v>531</v>
+      <c r="P147" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q147" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R147" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="S147" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T147" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U147" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="V147" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="W147" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X147" s="16" t="s">
+        <v>702</v>
+      </c>
+      <c r="Y147" s="16" t="s">
+        <v>703</v>
       </c>
       <c r="Z147" s="5"/>
       <c r="AA147" s="5"/>
-      <c r="AB147" s="5"/>
+      <c r="AB147" s="34"/>
       <c r="AC147" s="5"/>
     </row>
     <row r="148" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A148" s="5" t="s">
-        <v>569</v>
+      <c r="A148" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D148" s="5" t="s">
-        <v>230</v>
+      <c r="D148" s="12" t="s">
+        <v>153</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>693</v>
+        <v>635</v>
       </c>
       <c r="F148" s="5">
         <v>201</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>694</v>
+        <v>636</v>
       </c>
       <c r="I148" s="5">
         <v>201</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K148" s="5" t="s">
-        <v>695</v>
+      <c r="K148" s="15" t="s">
+        <v>563</v>
       </c>
       <c r="L148" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M148" s="5">
         <v>45</v>
       </c>
       <c r="N148" s="6"/>
       <c r="O148" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P148" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q148" s="5" t="s">
+      <c r="P148" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q148" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R148" s="16" t="s">
+        <v>507</v>
+      </c>
+      <c r="S148" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T148" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U148" s="16" t="s">
+        <v>510</v>
+      </c>
+      <c r="V148" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="W148" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R148" s="5" t="s">
-[...21 lines deleted...]
-        <v>239</v>
+      <c r="X148" s="16" t="s">
+        <v>515</v>
+      </c>
+      <c r="Y148" s="16" t="s">
+        <v>516</v>
       </c>
       <c r="Z148" s="5"/>
       <c r="AA148" s="5"/>
-      <c r="AB148" s="5"/>
+      <c r="AB148" s="34"/>
       <c r="AC148" s="5"/>
     </row>
     <row r="149" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A149" s="5" t="s">
-        <v>321</v>
+      <c r="A149" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D149" s="10" t="s">
-        <v>259</v>
+      <c r="D149" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F149" s="5">
         <v>201</v>
       </c>
-      <c r="G149" s="10" t="s">
-        <v>261</v>
+      <c r="G149" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>444</v>
+        <v>410</v>
       </c>
       <c r="I149" s="5">
         <v>201</v>
       </c>
       <c r="J149" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K149" s="5" t="s">
-        <v>445</v>
+      <c r="K149" s="12" t="s">
+        <v>566</v>
       </c>
       <c r="L149" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M149" s="5">
         <v>99</v>
       </c>
       <c r="N149" s="6"/>
       <c r="O149" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P149" s="5" t="s">
-[...27 lines deleted...]
-        <v>451</v>
+      <c r="P149" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q149" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R149" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S149" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T149" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U149" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V149" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W149" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X149" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y149" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z149" s="5"/>
       <c r="AA149" s="5"/>
-      <c r="AB149" s="5"/>
+      <c r="AB149" s="34"/>
       <c r="AC149" s="5"/>
     </row>
     <row r="150" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A150" s="5" t="s">
-        <v>321</v>
+      <c r="A150" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D150" s="10" t="s">
-        <v>259</v>
+      <c r="D150" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F150" s="5">
         <v>201</v>
       </c>
-      <c r="G150" s="10" t="s">
-        <v>452</v>
+      <c r="G150" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>453</v>
+        <v>416</v>
       </c>
       <c r="I150" s="5">
         <v>201</v>
       </c>
       <c r="J150" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K150" s="5" t="s">
-        <v>454</v>
+      <c r="K150" s="12" t="s">
+        <v>571</v>
       </c>
       <c r="L150" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M150" s="5">
         <v>100</v>
       </c>
       <c r="N150" s="6"/>
       <c r="O150" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P150" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P150" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q150" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R150" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S150" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T150" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U150" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V150" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W150" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X150" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y150" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z150" s="5"/>
       <c r="AA150" s="5"/>
-      <c r="AB150" s="5"/>
+      <c r="AB150" s="34"/>
       <c r="AC150" s="5"/>
     </row>
     <row r="151" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A151" s="5" t="s">
-        <v>321</v>
+      <c r="A151" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D151" s="10" t="s">
-        <v>259</v>
+      <c r="D151" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F151" s="5">
         <v>201</v>
       </c>
-      <c r="G151" s="10" t="s">
-        <v>452</v>
+      <c r="G151" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>459</v>
+        <v>421</v>
       </c>
       <c r="I151" s="5">
         <v>201</v>
       </c>
       <c r="J151" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K151" s="5" t="s">
-        <v>460</v>
+      <c r="K151" s="12" t="s">
+        <v>573</v>
       </c>
       <c r="L151" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M151" s="5">
         <v>101</v>
       </c>
       <c r="N151" s="6"/>
       <c r="O151" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P151" s="5" t="s">
-[...27 lines deleted...]
-        <v>457</v>
+      <c r="P151" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q151" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R151" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S151" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T151" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U151" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V151" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W151" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X151" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y151" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z151" s="5"/>
       <c r="AA151" s="5"/>
-      <c r="AB151" s="5"/>
+      <c r="AB151" s="34"/>
       <c r="AC151" s="5"/>
     </row>
     <row r="152" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A152" s="5" t="s">
-        <v>329</v>
+      <c r="A152" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D152" s="10" t="s">
-        <v>259</v>
+      <c r="D152" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F152" s="5">
         <v>201</v>
       </c>
-      <c r="G152" s="10" t="s">
-        <v>261</v>
+      <c r="G152" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>461</v>
+        <v>423</v>
       </c>
       <c r="I152" s="5">
         <v>201</v>
       </c>
       <c r="J152" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K152" s="5" t="s">
-        <v>462</v>
+      <c r="K152" s="12" t="s">
+        <v>575</v>
       </c>
       <c r="L152" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M152" s="5">
         <v>102</v>
       </c>
       <c r="N152" s="6"/>
       <c r="O152" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P152" s="5" t="s">
-[...27 lines deleted...]
-        <v>287</v>
+      <c r="P152" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q152" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R152" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S152" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T152" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U152" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V152" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W152" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X152" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y152" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z152" s="5"/>
       <c r="AA152" s="5"/>
-      <c r="AB152" s="5"/>
+      <c r="AB152" s="34"/>
       <c r="AC152" s="5"/>
     </row>
     <row r="153" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A153" s="5" t="s">
-        <v>329</v>
+      <c r="A153" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D153" s="10" t="s">
-        <v>259</v>
+      <c r="D153" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F153" s="5">
         <v>201</v>
       </c>
-      <c r="G153" s="10" t="s">
-        <v>261</v>
+      <c r="G153" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>466</v>
+        <v>427</v>
       </c>
       <c r="I153" s="5">
         <v>201</v>
       </c>
       <c r="J153" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K153" s="5" t="s">
-        <v>467</v>
+      <c r="K153" s="12" t="s">
+        <v>577</v>
       </c>
       <c r="L153" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M153" s="5">
         <v>103</v>
       </c>
       <c r="N153" s="6"/>
       <c r="O153" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P153" s="5" t="s">
-[...27 lines deleted...]
-        <v>287</v>
+      <c r="P153" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q153" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R153" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S153" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T153" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U153" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V153" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W153" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X153" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y153" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z153" s="5"/>
       <c r="AA153" s="5"/>
-      <c r="AB153" s="5"/>
+      <c r="AB153" s="34"/>
       <c r="AC153" s="5"/>
     </row>
     <row r="154" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A154" s="5" t="s">
-        <v>329</v>
+      <c r="A154" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D154" s="10" t="s">
-        <v>259</v>
+      <c r="D154" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F154" s="5">
         <v>201</v>
       </c>
-      <c r="G154" s="10" t="s">
-        <v>261</v>
+      <c r="G154" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>468</v>
+        <v>429</v>
       </c>
       <c r="I154" s="5">
         <v>201</v>
       </c>
       <c r="J154" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K154" s="5" t="s">
-        <v>469</v>
+      <c r="K154" s="12" t="s">
+        <v>579</v>
       </c>
       <c r="L154" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M154" s="5">
         <v>104</v>
       </c>
       <c r="N154" s="6"/>
       <c r="O154" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P154" s="5" t="s">
-[...27 lines deleted...]
-        <v>287</v>
+      <c r="P154" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q154" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R154" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S154" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T154" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U154" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V154" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W154" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X154" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y154" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z154" s="5"/>
       <c r="AA154" s="5"/>
-      <c r="AB154" s="5"/>
+      <c r="AB154" s="34"/>
       <c r="AC154" s="5"/>
     </row>
     <row r="155" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A155" s="5" t="s">
-        <v>329</v>
+      <c r="A155" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D155" s="10" t="s">
-        <v>259</v>
+      <c r="D155" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F155" s="5">
         <v>201</v>
       </c>
-      <c r="G155" s="10" t="s">
-        <v>452</v>
+      <c r="G155" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>470</v>
+        <v>431</v>
       </c>
       <c r="I155" s="5">
         <v>201</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K155" s="5" t="s">
-        <v>471</v>
+      <c r="K155" s="12" t="s">
+        <v>581</v>
       </c>
       <c r="L155" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M155" s="5">
         <v>105</v>
       </c>
       <c r="N155" s="6"/>
       <c r="O155" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P155" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P155" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q155" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R155" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S155" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T155" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U155" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V155" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W155" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X155" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y155" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z155" s="5"/>
       <c r="AA155" s="5"/>
-      <c r="AB155" s="5"/>
+      <c r="AB155" s="34"/>
       <c r="AC155" s="5"/>
     </row>
     <row r="156" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A156" s="5" t="s">
-        <v>329</v>
+      <c r="A156" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>551</v>
+        <v>501</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D156" s="10" t="s">
-        <v>259</v>
+      <c r="D156" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="F156" s="5">
         <v>201</v>
       </c>
-      <c r="G156" s="10" t="s">
-        <v>452</v>
+      <c r="G156" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>472</v>
+        <v>433</v>
       </c>
       <c r="I156" s="5">
         <v>201</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K156" s="5" t="s">
-        <v>473</v>
+      <c r="K156" s="12" t="s">
+        <v>583</v>
       </c>
       <c r="L156" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M156" s="5">
         <v>106</v>
       </c>
       <c r="N156" s="6"/>
       <c r="O156" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P156" s="5" t="s">
-[...27 lines deleted...]
-        <v>457</v>
+      <c r="P156" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q156" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R156" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S156" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T156" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U156" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="V156" s="16" t="s">
+        <v>569</v>
+      </c>
+      <c r="W156" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X156" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y156" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z156" s="5"/>
       <c r="AA156" s="5"/>
-      <c r="AB156" s="5"/>
+      <c r="AB156" s="34"/>
       <c r="AC156" s="5"/>
     </row>
     <row r="157" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A157" s="5" t="s">
-        <v>320</v>
+      <c r="A157" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D157" s="10" t="s">
-        <v>259</v>
+      <c r="D157" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>536</v>
+        <v>488</v>
       </c>
       <c r="F157" s="5">
         <v>202</v>
       </c>
-      <c r="G157" s="10" t="s">
-        <v>261</v>
+      <c r="G157" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>537</v>
+        <v>489</v>
       </c>
       <c r="I157" s="5">
         <v>201</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K157" s="5" t="s">
-        <v>538</v>
+      <c r="K157" s="12" t="s">
+        <v>585</v>
       </c>
       <c r="L157" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M157" s="5">
         <v>107</v>
       </c>
       <c r="N157" s="6"/>
       <c r="O157" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P157" s="5" t="s">
-[...11 lines deleted...]
-      <c r="T157" s="5" t="s">
+      <c r="P157" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q157" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R157" s="16" t="s">
+        <v>586</v>
+      </c>
+      <c r="S157" s="16" t="s">
+        <v>587</v>
+      </c>
+      <c r="T157" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="U157" s="5" t="s">
-[...12 lines deleted...]
-        <v>277</v>
+      <c r="U157" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V157" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W157" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X157" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="Y157" s="18" t="s">
+        <v>192</v>
       </c>
       <c r="Z157" s="5"/>
       <c r="AA157" s="5"/>
-      <c r="AB157" s="5"/>
+      <c r="AB157" s="34"/>
       <c r="AC157" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="158" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A158" s="5" t="s">
-        <v>320</v>
+      <c r="A158" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D158" s="10" t="s">
-        <v>259</v>
+      <c r="D158" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>536</v>
+        <v>488</v>
       </c>
       <c r="F158" s="5">
         <v>203</v>
       </c>
-      <c r="G158" s="10" t="s">
-        <v>261</v>
+      <c r="G158" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>542</v>
+        <v>492</v>
       </c>
       <c r="I158" s="5">
         <v>201</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K158" s="5" t="s">
-        <v>543</v>
+      <c r="K158" s="12" t="s">
+        <v>591</v>
       </c>
       <c r="L158" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M158" s="5">
         <v>108</v>
       </c>
       <c r="N158" s="6"/>
       <c r="O158" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P158" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P158" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q158" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R158" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="S158" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T158" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U158" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V158" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W158" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X158" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y158" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z158" s="5"/>
       <c r="AA158" s="5"/>
-      <c r="AB158" s="5"/>
+      <c r="AB158" s="34"/>
       <c r="AC158" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="159" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A159" s="5" t="s">
-        <v>320</v>
+      <c r="A159" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D159" s="10" t="s">
-        <v>259</v>
+      <c r="D159" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>536</v>
+        <v>488</v>
       </c>
       <c r="F159" s="5">
         <v>201</v>
       </c>
-      <c r="G159" s="10" t="s">
-        <v>261</v>
+      <c r="G159" s="9" t="s">
+        <v>245</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>544</v>
+        <v>494</v>
       </c>
       <c r="I159" s="5">
         <v>201</v>
       </c>
       <c r="J159" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K159" s="5" t="s">
-        <v>545</v>
+      <c r="K159" s="12" t="s">
+        <v>593</v>
       </c>
       <c r="L159" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M159" s="5">
         <v>109</v>
       </c>
       <c r="N159" s="6"/>
       <c r="O159" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P159" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P159" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q159" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R159" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="S159" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="T159" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U159" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V159" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W159" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X159" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y159" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z159" s="5"/>
       <c r="AA159" s="5"/>
-      <c r="AB159" s="5"/>
+      <c r="AB159" s="34"/>
       <c r="AC159" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="160" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A160" s="5" t="s">
-        <v>320</v>
+      <c r="A160" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D160" s="10" t="s">
-        <v>259</v>
+      <c r="D160" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>536</v>
+        <v>488</v>
       </c>
       <c r="F160" s="5">
         <v>204</v>
       </c>
-      <c r="G160" s="10" t="s">
-        <v>452</v>
+      <c r="G160" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>546</v>
+        <v>496</v>
       </c>
       <c r="I160" s="5">
         <v>201</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K160" s="5" t="s">
-        <v>547</v>
+      <c r="K160" s="12" t="s">
+        <v>595</v>
       </c>
       <c r="L160" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M160" s="5">
         <v>110</v>
       </c>
       <c r="N160" s="6"/>
       <c r="O160" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P160" s="5" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P160" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q160" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R160" s="16" t="s">
+        <v>707</v>
+      </c>
+      <c r="S160" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="T160" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U160" s="16" t="s">
+        <v>708</v>
+      </c>
+      <c r="V160" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W160" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X160" s="16" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y160" s="16" t="s">
+        <v>710</v>
       </c>
       <c r="Z160" s="5"/>
       <c r="AA160" s="5"/>
-      <c r="AB160" s="5"/>
+      <c r="AB160" s="34"/>
       <c r="AC160" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="161" spans="1:29" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A161" s="5" t="s">
-        <v>320</v>
+      <c r="A161" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D161" s="10" t="s">
-        <v>259</v>
+      <c r="D161" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>536</v>
+        <v>488</v>
       </c>
       <c r="F161" s="5">
         <v>204</v>
       </c>
-      <c r="G161" s="10" t="s">
-        <v>452</v>
+      <c r="G161" s="9" t="s">
+        <v>415</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>548</v>
+        <v>498</v>
       </c>
       <c r="I161" s="5">
         <v>201</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K161" s="5" t="s">
-        <v>549</v>
+      <c r="K161" s="12" t="s">
+        <v>597</v>
       </c>
       <c r="L161" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M161" s="5">
         <v>111</v>
       </c>
       <c r="N161" s="6"/>
       <c r="O161" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P161" s="5" t="s">
-[...27 lines deleted...]
-        <v>457</v>
+      <c r="P161" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q161" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R161" s="16" t="s">
+        <v>707</v>
+      </c>
+      <c r="S161" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="T161" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U161" s="16" t="s">
+        <v>708</v>
+      </c>
+      <c r="V161" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W161" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X161" s="16" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y161" s="16" t="s">
+        <v>710</v>
       </c>
       <c r="Z161" s="5"/>
       <c r="AA161" s="5"/>
-      <c r="AB161" s="5"/>
+      <c r="AB161" s="34"/>
       <c r="AC161" s="6" t="s">
-        <v>480</v>
+        <v>439</v>
       </c>
     </row>
     <row r="162" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A162" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B162" s="8" t="s">
+      <c r="A162" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B162" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D162" s="2" t="s">
-        <v>259</v>
+      <c r="D162" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="F162" s="2">
         <v>201</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H162" s="2" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="I162" s="2">
         <v>201</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K162" s="2" t="s">
-        <v>273</v>
+      <c r="K162" s="12" t="s">
+        <v>599</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M162" s="2">
         <v>164</v>
       </c>
       <c r="N162" s="4"/>
       <c r="O162" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P162" s="2" t="s">
-[...27 lines deleted...]
-        <v>279</v>
+      <c r="P162" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q162" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R162" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S162" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="T162" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U162" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V162" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W162" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X162" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y162" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z162" s="2"/>
       <c r="AA162" s="2"/>
-      <c r="AB162" s="2"/>
+      <c r="AB162" s="35"/>
       <c r="AC162" s="3"/>
     </row>
     <row r="163" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A163" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B163" s="8" t="s">
+      <c r="A163" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B163" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D163" s="2" t="s">
-        <v>259</v>
+      <c r="D163" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="F163" s="2">
         <v>201</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="I163" s="2">
         <v>201</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K163" s="2" t="s">
-        <v>263</v>
+      <c r="K163" s="12" t="s">
+        <v>601</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M163" s="2">
         <v>163</v>
       </c>
       <c r="N163" s="4"/>
       <c r="O163" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P163" s="2" t="s">
-[...27 lines deleted...]
-        <v>269</v>
+      <c r="P163" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q163" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R163" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S163" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="T163" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U163" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V163" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W163" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X163" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y163" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z163" s="2"/>
       <c r="AA163" s="2"/>
-      <c r="AB163" s="2"/>
+      <c r="AB163" s="35"/>
       <c r="AC163" s="3"/>
     </row>
     <row r="164" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A164" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B164" s="8" t="s">
+      <c r="A164" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B164" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D164" s="2" t="s">
-        <v>259</v>
+      <c r="D164" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="F164" s="2">
         <v>201</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="I164" s="2">
         <v>201</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K164" s="2" t="s">
-        <v>283</v>
+      <c r="K164" s="12" t="s">
+        <v>603</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M164" s="2">
         <v>165</v>
       </c>
       <c r="N164" s="4"/>
       <c r="O164" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P164" s="2" t="s">
-[...27 lines deleted...]
-        <v>289</v>
+      <c r="P164" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q164" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R164" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S164" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="T164" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U164" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V164" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W164" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X164" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y164" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z164" s="2"/>
       <c r="AA164" s="2"/>
-      <c r="AB164" s="2"/>
+      <c r="AB164" s="35"/>
       <c r="AC164" s="3"/>
     </row>
     <row r="165" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A165" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B165" s="8" t="s">
+      <c r="A165" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B165" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D165" s="2" t="s">
-        <v>259</v>
+      <c r="D165" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="F165" s="2">
         <v>201</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="I165" s="2">
         <v>201</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K165" s="2" t="s">
-        <v>295</v>
+      <c r="K165" s="12" t="s">
+        <v>605</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M165" s="2">
         <v>167</v>
       </c>
       <c r="N165" s="4"/>
       <c r="O165" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P165" s="2" t="s">
-[...27 lines deleted...]
-        <v>279</v>
+      <c r="P165" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q165" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R165" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S165" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="T165" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U165" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V165" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W165" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X165" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y165" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z165" s="2"/>
       <c r="AA165" s="2"/>
-      <c r="AB165" s="2"/>
+      <c r="AB165" s="35"/>
       <c r="AC165" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="166" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A166" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B166" s="8" t="s">
+      <c r="A166" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B166" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D166" s="2" t="s">
-        <v>259</v>
+      <c r="D166" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="F166" s="2">
         <v>201</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="I166" s="2">
         <v>201</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K166" s="2" t="s">
-        <v>292</v>
+      <c r="K166" s="12" t="s">
+        <v>607</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M166" s="2">
         <v>166</v>
       </c>
       <c r="N166" s="4"/>
       <c r="O166" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P166" s="2" t="s">
-[...27 lines deleted...]
-        <v>269</v>
+      <c r="P166" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q166" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R166" s="18" t="s">
+        <v>586</v>
+      </c>
+      <c r="S166" s="18" t="s">
+        <v>587</v>
+      </c>
+      <c r="T166" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U166" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V166" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W166" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X166" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="Y166" s="18" t="s">
+        <v>192</v>
       </c>
       <c r="Z166" s="2"/>
       <c r="AA166" s="2"/>
-      <c r="AB166" s="2"/>
+      <c r="AB166" s="35"/>
       <c r="AC166" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="167" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A167" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B167" s="8" t="s">
+      <c r="A167" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B167" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C167" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D167" s="2" t="s">
-        <v>259</v>
+      <c r="D167" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="F167" s="2">
         <v>201</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="I167" s="2">
         <v>201</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K167" s="2" t="s">
-        <v>298</v>
+      <c r="K167" s="12" t="s">
+        <v>609</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M167" s="2">
         <v>168</v>
       </c>
       <c r="N167" s="4"/>
       <c r="O167" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="P167" s="2" t="s">
-[...20 lines deleted...]
-      <c r="W167" s="2" t="s">
+      <c r="P167" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q167" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R167" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="S167" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="T167" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U167" s="18" t="s">
+        <v>708</v>
+      </c>
+      <c r="V167" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W167" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="X167" s="2" t="s">
-[...3 lines deleted...]
-        <v>289</v>
+      <c r="X167" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y167" s="18" t="s">
+        <v>710</v>
       </c>
       <c r="Z167" s="2"/>
       <c r="AA167" s="2"/>
-      <c r="AB167" s="2"/>
+      <c r="AB167" s="35"/>
       <c r="AC167" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="168" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A168" s="5" t="s">
-        <v>569</v>
+      <c r="A168" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D168" s="5" t="s">
-        <v>259</v>
+      <c r="D168" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>697</v>
+        <v>639</v>
       </c>
       <c r="F168" s="5">
         <v>231</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>698</v>
+        <v>640</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>699</v>
+        <v>641</v>
       </c>
       <c r="I168" s="5">
         <v>231</v>
       </c>
       <c r="J168" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K168" s="5" t="s">
-        <v>700</v>
+      <c r="K168" s="12" t="s">
+        <v>611</v>
       </c>
       <c r="L168" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M168" s="5">
         <v>46</v>
       </c>
       <c r="N168" s="6"/>
       <c r="O168" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P168" s="5" t="s">
-[...27 lines deleted...]
-        <v>703</v>
+      <c r="P168" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q168" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R168" s="16" t="s">
+        <v>707</v>
+      </c>
+      <c r="S168" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="T168" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U168" s="16" t="s">
+        <v>708</v>
+      </c>
+      <c r="V168" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W168" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X168" s="16" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y168" s="16" t="s">
+        <v>710</v>
       </c>
       <c r="Z168" s="5"/>
       <c r="AA168" s="5"/>
-      <c r="AB168" s="5"/>
+      <c r="AB168" s="34"/>
       <c r="AC168" s="5"/>
     </row>
     <row r="169" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A169" s="5" t="s">
-        <v>569</v>
+      <c r="A169" s="33" t="s">
+        <v>519</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="D169" s="5" t="s">
-        <v>259</v>
+      <c r="D169" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>704</v>
+        <v>646</v>
       </c>
       <c r="F169" s="5">
         <v>211</v>
       </c>
       <c r="G169" s="5" t="s">
-        <v>261</v>
+        <v>245</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>705</v>
+        <v>647</v>
       </c>
       <c r="I169" s="5">
         <v>211</v>
       </c>
       <c r="J169" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="K169" s="5" t="s">
-        <v>706</v>
+      <c r="K169" s="12" t="s">
+        <v>613</v>
       </c>
       <c r="L169" s="5" t="s">
         <v>36</v>
       </c>
       <c r="M169" s="5">
         <v>47</v>
       </c>
       <c r="N169" s="6"/>
       <c r="O169" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="P169" s="5" t="s">
-[...27 lines deleted...]
-        <v>449</v>
+      <c r="P169" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q169" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R169" s="16" t="s">
+        <v>567</v>
+      </c>
+      <c r="S169" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="T169" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U169" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="V169" s="16" t="s">
+        <v>316</v>
+      </c>
+      <c r="W169" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X169" s="16" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y169" s="16" t="s">
+        <v>705</v>
       </c>
       <c r="Z169" s="5"/>
       <c r="AA169" s="5"/>
-      <c r="AB169" s="5"/>
+      <c r="AB169" s="34"/>
       <c r="AC169" s="5"/>
     </row>
     <row r="170" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A170" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B170" s="8" t="s">
+      <c r="A170" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B170" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C170" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D170" s="2" t="s">
-        <v>299</v>
+      <c r="D170" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="F170" s="2">
         <v>201</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="I170" s="2">
         <v>201</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K170" s="2" t="s">
-        <v>303</v>
+      <c r="K170" s="12" t="s">
+        <v>615</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M170" s="2">
         <v>169</v>
       </c>
       <c r="N170" s="4"/>
-      <c r="O170" s="9" t="s">
+      <c r="O170" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P170" s="2" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P170" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q170" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R170" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S170" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="T170" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U170" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V170" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W170" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X170" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y170" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z170" s="2"/>
       <c r="AA170" s="2"/>
-      <c r="AB170" s="2"/>
+      <c r="AB170" s="35"/>
       <c r="AC170" s="3"/>
     </row>
     <row r="171" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B171" s="8" t="s">
+      <c r="A171" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B171" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D171" s="2" t="s">
-        <v>299</v>
+      <c r="D171" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="F171" s="2">
         <v>201</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H171" s="2" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="I171" s="2">
         <v>201</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K171" s="2" t="s">
-        <v>310</v>
+      <c r="K171" s="12" t="s">
+        <v>617</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M171" s="2">
         <v>170</v>
       </c>
       <c r="N171" s="4"/>
-      <c r="O171" s="9" t="s">
+      <c r="O171" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P171" s="2" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P171" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q171" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R171" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S171" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="T171" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U171" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V171" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W171" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X171" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y171" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z171" s="2"/>
       <c r="AA171" s="2"/>
-      <c r="AB171" s="2"/>
+      <c r="AB171" s="35"/>
       <c r="AC171" s="3"/>
     </row>
     <row r="172" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A172" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B172" s="8" t="s">
+      <c r="A172" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B172" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C172" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D172" s="2" t="s">
-        <v>299</v>
+      <c r="D172" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="F172" s="2">
         <v>201</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>311</v>
+        <v>292</v>
       </c>
       <c r="I172" s="2">
         <v>201</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K172" s="2" t="s">
-        <v>312</v>
+      <c r="K172" s="12" t="s">
+        <v>619</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M172" s="2">
         <v>171</v>
       </c>
       <c r="N172" s="4"/>
-      <c r="O172" s="9" t="s">
+      <c r="O172" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P172" s="2" t="s">
-[...27 lines deleted...]
-        <v>277</v>
+      <c r="P172" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q172" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R172" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="S172" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="T172" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U172" s="18" t="s">
+        <v>315</v>
+      </c>
+      <c r="V172" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W172" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X172" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y172" s="18" t="s">
+        <v>705</v>
       </c>
       <c r="Z172" s="2"/>
       <c r="AA172" s="2"/>
-      <c r="AB172" s="2"/>
+      <c r="AB172" s="35"/>
       <c r="AC172" s="3"/>
     </row>
     <row r="173" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A173" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B173" s="8" t="s">
+      <c r="A173" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B173" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D173" s="2" t="s">
-        <v>299</v>
+      <c r="D173" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="F173" s="2">
         <v>201</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="I173" s="2">
         <v>201</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K173" s="2" t="s">
-        <v>315</v>
+      <c r="K173" s="12" t="s">
+        <v>621</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M173" s="2">
         <v>172</v>
       </c>
       <c r="N173" s="4"/>
-      <c r="O173" s="9" t="s">
+      <c r="O173" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P173" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q173" s="2" t="s">
+      <c r="P173" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q173" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R173" s="18" t="s">
+        <v>586</v>
+      </c>
+      <c r="S173" s="19" t="s">
+        <v>587</v>
+      </c>
+      <c r="T173" s="16" t="s">
         <v>49</v>
       </c>
-      <c r="R173" s="2" t="s">
-[...21 lines deleted...]
-        <v>277</v>
+      <c r="U173" s="16" t="s">
+        <v>328</v>
+      </c>
+      <c r="V173" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="W173" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X173" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="Y173" s="18" t="s">
+        <v>192</v>
       </c>
       <c r="Z173" s="2"/>
       <c r="AA173" s="2"/>
-      <c r="AB173" s="2"/>
+      <c r="AB173" s="35"/>
       <c r="AC173" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="174" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A174" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B174" s="8" t="s">
+      <c r="A174" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B174" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C174" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D174" s="2" t="s">
-        <v>299</v>
+      <c r="D174" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="F174" s="2">
         <v>202</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="I174" s="2">
         <v>201</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K174" s="2" t="s">
-        <v>317</v>
+      <c r="K174" s="12" t="s">
+        <v>623</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M174" s="2">
         <v>173</v>
       </c>
       <c r="N174" s="4"/>
-      <c r="O174" s="9" t="s">
+      <c r="O174" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P174" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q174" s="2" t="s">
+      <c r="P174" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q174" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R174" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="S174" s="19" t="s">
+        <v>259</v>
+      </c>
+      <c r="T174" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U174" s="18" t="s">
+        <v>708</v>
+      </c>
+      <c r="V174" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W174" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="R174" s="2" t="s">
-[...21 lines deleted...]
-        <v>277</v>
+      <c r="X174" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y174" s="18" t="s">
+        <v>710</v>
       </c>
       <c r="Z174" s="2"/>
       <c r="AA174" s="2"/>
-      <c r="AB174" s="2"/>
+      <c r="AB174" s="35"/>
       <c r="AC174" s="2" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="175" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
-[...2 lines deleted...]
-      <c r="B175" s="8" t="s">
+      <c r="A175" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B175" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D175" s="2" t="s">
-        <v>299</v>
+      <c r="D175" s="12" t="s">
+        <v>200</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="F175" s="2">
         <v>203</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
       <c r="I175" s="2">
         <v>201</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K175" s="2" t="s">
-        <v>319</v>
+      <c r="K175" s="12" t="s">
+        <v>625</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M175" s="2">
         <v>174</v>
       </c>
       <c r="N175" s="4"/>
-      <c r="O175" s="9" t="s">
+      <c r="O175" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="P175" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q175" s="2" t="s">
+      <c r="P175" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q175" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="R175" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="S175" s="19" t="s">
+        <v>259</v>
+      </c>
+      <c r="T175" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="U175" s="18" t="s">
+        <v>708</v>
+      </c>
+      <c r="V175" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="W175" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="R175" s="2" t="s">
-[...21 lines deleted...]
-        <v>277</v>
+      <c r="X175" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="Y175" s="18" t="s">
+        <v>710</v>
       </c>
       <c r="Z175" s="2"/>
       <c r="AA175" s="2"/>
-      <c r="AB175" s="2"/>
+      <c r="AB175" s="35"/>
       <c r="AC175" s="2" t="s">
         <v>97</v>
       </c>
     </row>
+    <row r="176" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A176" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B176" s="5"/>
+      <c r="C176" s="5"/>
+      <c r="D176" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="E176" s="5"/>
+      <c r="F176" s="5"/>
+      <c r="G176" s="5"/>
+      <c r="H176" s="5"/>
+      <c r="I176" s="5"/>
+      <c r="J176" s="5"/>
+      <c r="K176" s="12" t="s">
+        <v>628</v>
+      </c>
+      <c r="L176" s="5"/>
+      <c r="M176" s="5"/>
+      <c r="N176" s="6"/>
+      <c r="O176" s="6"/>
+      <c r="P176" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q176" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R176" s="16" t="s">
+        <v>404</v>
+      </c>
+      <c r="S176" s="16" t="s">
+        <v>405</v>
+      </c>
+      <c r="T176" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="U176" s="16" t="s">
+        <v>629</v>
+      </c>
+      <c r="V176" s="16" t="s">
+        <v>630</v>
+      </c>
+      <c r="W176" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X176" s="16" t="s">
+        <v>482</v>
+      </c>
+      <c r="Y176" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="Z176" s="5"/>
+      <c r="AA176" s="5"/>
+      <c r="AB176" s="34"/>
+      <c r="AC176" s="11"/>
+    </row>
+    <row r="177" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A177" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B177" s="5"/>
+      <c r="C177" s="5"/>
+      <c r="D177" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="E177" s="5"/>
+      <c r="F177" s="5"/>
+      <c r="G177" s="5"/>
+      <c r="H177" s="5"/>
+      <c r="I177" s="5"/>
+      <c r="J177" s="5"/>
+      <c r="K177" s="12" t="s">
+        <v>633</v>
+      </c>
+      <c r="L177" s="5"/>
+      <c r="M177" s="5"/>
+      <c r="N177" s="6"/>
+      <c r="O177" s="6"/>
+      <c r="P177" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q177" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R177" s="16" t="s">
+        <v>484</v>
+      </c>
+      <c r="S177" s="16" t="s">
+        <v>485</v>
+      </c>
+      <c r="T177" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U177" s="16" t="s">
+        <v>634</v>
+      </c>
+      <c r="V177" s="16" t="s">
+        <v>412</v>
+      </c>
+      <c r="W177" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X177" s="16" t="s">
+        <v>482</v>
+      </c>
+      <c r="Y177" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="Z177" s="5"/>
+      <c r="AA177" s="5"/>
+      <c r="AB177" s="34"/>
+      <c r="AC177" s="11"/>
+    </row>
+    <row r="178" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A178" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B178" s="5"/>
+      <c r="C178" s="5"/>
+      <c r="D178" s="12" t="s">
+        <v>214</v>
+      </c>
+      <c r="E178" s="5"/>
+      <c r="F178" s="5"/>
+      <c r="G178" s="5"/>
+      <c r="H178" s="5"/>
+      <c r="I178" s="5"/>
+      <c r="J178" s="5"/>
+      <c r="K178" s="12" t="s">
+        <v>637</v>
+      </c>
+      <c r="L178" s="5"/>
+      <c r="M178" s="5"/>
+      <c r="N178" s="6"/>
+      <c r="O178" s="6"/>
+      <c r="P178" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q178" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R178" s="16" t="s">
+        <v>717</v>
+      </c>
+      <c r="S178" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="T178" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U178" s="16" t="s">
+        <v>408</v>
+      </c>
+      <c r="V178" s="16" t="s">
+        <v>638</v>
+      </c>
+      <c r="W178" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="X178" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="Y178" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="Z178" s="5"/>
+      <c r="AA178" s="5"/>
+      <c r="AB178" s="34"/>
+      <c r="AC178" s="11"/>
+    </row>
+    <row r="179" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A179" s="33" t="s">
+        <v>519</v>
+      </c>
+      <c r="B179" s="5"/>
+      <c r="C179" s="5"/>
+      <c r="D179" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="E179" s="5"/>
+      <c r="F179" s="5"/>
+      <c r="G179" s="5"/>
+      <c r="H179" s="5"/>
+      <c r="I179" s="5"/>
+      <c r="J179" s="5"/>
+      <c r="K179" s="12" t="s">
+        <v>642</v>
+      </c>
+      <c r="L179" s="5"/>
+      <c r="M179" s="5"/>
+      <c r="N179" s="6"/>
+      <c r="O179" s="6"/>
+      <c r="P179" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q179" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R179" s="16" t="s">
+        <v>643</v>
+      </c>
+      <c r="S179" s="16" t="s">
+        <v>257</v>
+      </c>
+      <c r="T179" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U179" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="V179" s="16" t="s">
+        <v>259</v>
+      </c>
+      <c r="W179" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X179" s="16" t="s">
+        <v>644</v>
+      </c>
+      <c r="Y179" s="16" t="s">
+        <v>645</v>
+      </c>
+      <c r="Z179" s="5"/>
+      <c r="AA179" s="5"/>
+      <c r="AB179" s="34"/>
+      <c r="AC179" s="11"/>
+    </row>
+    <row r="180" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="37" t="s">
+        <v>519</v>
+      </c>
+      <c r="B180" s="38"/>
+      <c r="C180" s="38"/>
+      <c r="D180" s="39" t="s">
+        <v>243</v>
+      </c>
+      <c r="E180" s="38"/>
+      <c r="F180" s="38"/>
+      <c r="G180" s="38"/>
+      <c r="H180" s="38"/>
+      <c r="I180" s="38"/>
+      <c r="J180" s="38"/>
+      <c r="K180" s="39" t="s">
+        <v>648</v>
+      </c>
+      <c r="L180" s="38"/>
+      <c r="M180" s="38"/>
+      <c r="N180" s="40"/>
+      <c r="O180" s="40"/>
+      <c r="P180" s="41" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q180" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="R180" s="41" t="s">
+        <v>649</v>
+      </c>
+      <c r="S180" s="41" t="s">
+        <v>250</v>
+      </c>
+      <c r="T180" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="U180" s="41" t="s">
+        <v>248</v>
+      </c>
+      <c r="V180" s="41" t="s">
+        <v>249</v>
+      </c>
+      <c r="W180" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="X180" s="41" t="s">
+        <v>650</v>
+      </c>
+      <c r="Y180" s="41" t="s">
+        <v>412</v>
+      </c>
+      <c r="Z180" s="38"/>
+      <c r="AA180" s="38"/>
+      <c r="AB180" s="42"/>
+      <c r="AC180" s="11"/>
+    </row>
   </sheetData>
-  <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z3:Z175 Q5:Q7 Q9 Q11:Q12 Q14:Q18 Q20:Q21 T3:T74 Q23:Q74 W3:W74 W90:W129 T90:T129 Q90:Q129">
+  <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z3:Z180">
+      <formula1>"Madame,Monsieur"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="Q52:Q66 Q11 W3:W11 Q87:Q129 T16 W27:W129 Q69:Q71 Q73 Q75:Q76 Q78:Q82 Q84:Q85 Q27:Q50 Q3:Q9 T3:T11 T27:T129 T157 T166 T173">
       <formula1>"Madame,Monsieur"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{3A4CF648-6AED-40f4-86FF-DC5316D8AED3}">
       <x14:slicerList xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicer r:id="rId3"/>
       </x14:slicerList>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">