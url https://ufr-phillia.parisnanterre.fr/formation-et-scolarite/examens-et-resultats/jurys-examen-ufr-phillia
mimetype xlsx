--- v1 (2025-12-29)
+++ v2 (2026-01-20)
@@ -1,98 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache1.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/slicerCaches/slicerCache2.xml" ContentType="application/vnd.ms-excel.slicerCache+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/slicers/slicer1.xml" ContentType="application/vnd.ms-excel.slicer+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\upn.parisnanterre.fr\VDI-PROFILS$\Administratif-Data-S1\mjabri\Desktop\UFR PHILLIA - doc de gestion direction\ARRETES\25_26\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="40995" windowHeight="12255"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20070" windowHeight="11595"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Segment_Départements">#N/A</definedName>
     <definedName name="Segment_Niv_dipl">#N/A</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="162913" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{46BE6895-7355-4a93-B00E-2C351335B9C9}">
       <x15:slicerCaches xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicerCache r:id="rId2"/>
         <x14:slicerCache r:id="rId3"/>
       </x15:slicerCaches>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3749" uniqueCount="719">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3771" uniqueCount="723">
   <si>
     <t>Niv dipl</t>
   </si>
   <si>
     <t>Années</t>
   </si>
   <si>
-    <t>Ouverts / Fermés 2024-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Départements</t>
   </si>
   <si>
     <t>Code diplôme</t>
   </si>
   <si>
     <t>VDI</t>
   </si>
   <si>
     <t>Mention</t>
   </si>
   <si>
     <t>Code Etape</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Présentiel / EAD</t>
   </si>
   <si>
     <t>Parcours Type</t>
   </si>
   <si>
     <t>Num AR</t>
@@ -124,98 +122,71 @@
   <si>
     <t>Civilités 3</t>
   </si>
   <si>
     <t>NOMS 3</t>
   </si>
   <si>
     <t>Prénom 3 / Membre - Assesseur</t>
   </si>
   <si>
     <t>Civilités 4</t>
   </si>
   <si>
     <t>NOM 4</t>
   </si>
   <si>
     <t xml:space="preserve">Prénom 4 </t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>Ouvert</t>
   </si>
   <si>
     <t>Art du spectacle</t>
   </si>
   <si>
     <t>LM1AATC</t>
   </si>
   <si>
     <t>ArTeC</t>
   </si>
   <si>
     <t>L4CCAR</t>
   </si>
   <si>
     <t>Présentiel</t>
   </si>
   <si>
     <t>Master 1e an mention ArTeC (Arts, Technologies, Création) [La création comme activité de recherche]</t>
   </si>
   <si>
-    <t>2024/00288</t>
-[...1 lines deleted...]
-  <si>
     <t>Arts, Lettres, Langues</t>
   </si>
   <si>
     <t>Madame</t>
   </si>
   <si>
     <t>BOUTEILLE</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>MURZILLI</t>
   </si>
   <si>
     <t>Nancy</t>
   </si>
   <si>
     <t>LARMET</t>
   </si>
   <si>
     <t>Chloé</t>
   </si>
   <si>
     <t>LM1ACAV</t>
@@ -340,86 +311,59 @@
   <si>
     <t>Master 1e an mention ArTeC (Arts, Technologies, Création) [Technologies et médiations humaines]</t>
   </si>
   <si>
     <t>L4TMSD</t>
   </si>
   <si>
     <t>Master 1e an mention Théâtre [Théâtre : mise en scène et dramaturgie]</t>
   </si>
   <si>
     <t>L4CMC</t>
   </si>
   <si>
     <t>Master 1e an mention Cinéma et audiovisuel [Cinéma et mondes contemporains] (programme international)</t>
   </si>
   <si>
     <t>THOUVENEL</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t xml:space="preserve">Aurélie </t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>LM2AATC</t>
   </si>
   <si>
     <t>L5CCAR</t>
   </si>
   <si>
     <t>Master 2e an mention ArTeC (Arts, Technologies, Création) [La création comme activité de recherche]</t>
   </si>
   <si>
-    <t>la délivrance du diplôme de Master.</t>
-[...1 lines deleted...]
-  <si>
     <t>LM2ACAV</t>
   </si>
   <si>
     <t>L5CDAV</t>
   </si>
   <si>
     <t>Master 2e an mention Cinéma et  audiovisuel [Cinéma documentaire et anthropologie visuelle]</t>
   </si>
   <si>
     <t>LM2ATH</t>
   </si>
   <si>
     <t>L5CDPR</t>
   </si>
   <si>
     <t>Master 2e an mention Théâtre [Théâtre : Comparative dramaturgy and performance research]</t>
   </si>
   <si>
     <t>L5CFTI</t>
   </si>
   <si>
     <t>Master 2e an mention Cinéma et audiovisuel [Cinéma, histoire des formes et théorie des images]</t>
   </si>
   <si>
     <t>L5CMC</t>
@@ -925,53 +869,50 @@
   <si>
     <t>L5FLDL</t>
   </si>
   <si>
     <t>Master 2e an mention Sciences du langage [Fonctionnements linguistiques et dysfonctionnements langagiers]</t>
   </si>
   <si>
     <t>LM2AFLE</t>
   </si>
   <si>
     <t>L5IFLG</t>
   </si>
   <si>
     <t>Master 2e an mention Français langue étrangère [Ingénierie de le formation en langues]</t>
   </si>
   <si>
     <t>LM2HTAL</t>
   </si>
   <si>
     <t>L5TADL</t>
   </si>
   <si>
     <t>Master 2e an mention Traitement automatique des langues</t>
   </si>
   <si>
-    <t>Transversale</t>
-[...1 lines deleted...]
-  <si>
     <t>LM1AHMG</t>
   </si>
   <si>
     <t>Humanités et management</t>
   </si>
   <si>
     <t>L4BDMI</t>
   </si>
   <si>
     <t>Master 1e an mention Humanités et management [Business Development et marketing interculturel]</t>
   </si>
   <si>
     <t>GIADAS CONDE</t>
   </si>
   <si>
     <t>Marcos</t>
   </si>
   <si>
     <t>PÉOUX</t>
   </si>
   <si>
     <t>HUMEAU</t>
   </si>
   <si>
     <t>L4DIGM</t>
@@ -1399,53 +1340,50 @@
   <si>
     <t>L2SDLA</t>
   </si>
   <si>
     <t>Double Licence 2e an mention Sciences du langage - mention LLCER [Anglais] [Sciences du langage]</t>
   </si>
   <si>
     <t>L2SDLE</t>
   </si>
   <si>
     <t>Double Licence 2e an mention Sciences du langage - mention LLCER [Espagnol] [Sciences du langage]</t>
   </si>
   <si>
     <t>LL3AASP</t>
   </si>
   <si>
     <t>L3CINE</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Cinéma]</t>
   </si>
   <si>
     <t>Hervé</t>
   </si>
   <si>
-    <t>la délivrance du diplôme de Licence.</t>
-[...1 lines deleted...]
-  <si>
     <t>L3THE</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Théâtre]</t>
   </si>
   <si>
     <t>L3TPS</t>
   </si>
   <si>
     <t>Licence 3e an mention Arts du spectacle [Théâtre : pratique de la scène ] - Convention avec l'ESAD du TNS de Strasbourg</t>
   </si>
   <si>
     <t>LL3AHUM</t>
   </si>
   <si>
     <t>L3HCAP</t>
   </si>
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Huma classiques, arts, patrimoine] - [DU Culture, Langue, rhétorique 3]</t>
   </si>
   <si>
     <t>L3HDEG</t>
   </si>
   <si>
     <t>Double Diplôme Licence 3e année mention Humanités [Humanités, Droit, Economie, Gestion] - [DU Culture,Langues,rhétorique 3]</t>
@@ -1582,128 +1520,50 @@
   <si>
     <t>L3LGCN</t>
   </si>
   <si>
     <t>Licence 3e an mention Sciences du langage [Langage, cognition et numérique]</t>
   </si>
   <si>
     <t>L3LGSC</t>
   </si>
   <si>
     <t>Licence 3e an mention Sciences du langage [Langage, société et communication]</t>
   </si>
   <si>
     <t>L3SDLA</t>
   </si>
   <si>
     <t>Double Licence 3e an mention Sciences du langage - mention LLCER [Anglais] [Sciences du langage]</t>
   </si>
   <si>
     <t>L3SDLE</t>
   </si>
   <si>
     <t>Double Licence 3e an mention Sciences du langage - mention LLCER [Espagnol] [Sciences du langage]</t>
   </si>
   <si>
-    <r>
-[...76 lines deleted...]
-  <si>
     <t>LM1AELT</t>
   </si>
   <si>
     <t>MEEF</t>
   </si>
   <si>
     <t>L4ELT</t>
   </si>
   <si>
     <t>Master 1e an mention MEEF, 2nd Degré [Lettres]</t>
   </si>
   <si>
     <t>BOONS</t>
   </si>
   <si>
     <t>JOLLES</t>
   </si>
   <si>
     <t>Elsa</t>
   </si>
   <si>
     <t>MARTEL</t>
   </si>
   <si>
     <t>Stéphanie</t>
@@ -1921,53 +1781,50 @@
   <si>
     <t>LU1CLL</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Latin niveau intermédiaire</t>
   </si>
   <si>
     <t>LU1CLR</t>
   </si>
   <si>
     <t>Diplôme d'université Cultures, Langues et Rhétorique 1</t>
   </si>
   <si>
     <t>DELIGNON</t>
   </si>
   <si>
     <t>Bénédicte</t>
   </si>
   <si>
     <t>DENEUX</t>
   </si>
   <si>
     <t>LU1LC9</t>
   </si>
   <si>
-    <t xml:space="preserve"> LLGL</t>
-[...1 lines deleted...]
-  <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres classiques - A distance</t>
   </si>
   <si>
     <t>LU1LCL</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Lettres classiques PRES</t>
   </si>
   <si>
     <t>LU1OR9</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 1  - A distance</t>
   </si>
   <si>
     <t>LU1ORA</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 1</t>
   </si>
   <si>
     <t>LU2CG9</t>
   </si>
   <si>
     <t>Diplôme d'université Compétence en Langues anciennes option Grec niveau supérieur - A distance</t>
@@ -2041,77 +1898,71 @@
   <si>
     <t>LU3OR9</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 3  - A distance</t>
   </si>
   <si>
     <t>LU3ORA</t>
   </si>
   <si>
     <t>Diplôme d'université Orator niveau 3</t>
   </si>
   <si>
     <t>LU1APH</t>
   </si>
   <si>
     <t>LU1PHI</t>
   </si>
   <si>
     <t>Diplôme d'université Préparation concours externe Agrégation Philosophie</t>
   </si>
   <si>
     <t>RENAULT</t>
   </si>
   <si>
-    <t>EMMANUEL</t>
-[...1 lines deleted...]
-  <si>
     <t>LU5HNMP</t>
   </si>
   <si>
     <t>LU5NMP</t>
   </si>
   <si>
     <t>DIU Professeurs et CPE stagiaires - Entrée dans le métier - [Philosophie]</t>
   </si>
   <si>
     <t>SAUVAGNARGUES</t>
   </si>
   <si>
     <t>LU9HESO</t>
   </si>
   <si>
     <t>LU9ESO</t>
   </si>
   <si>
     <t>Diplôme d'université Ethique et société</t>
   </si>
   <si>
-    <t>EMILIE</t>
-[...1 lines deleted...]
-  <si>
     <t>LU3HDFB</t>
   </si>
   <si>
     <t>Français langues étrangères</t>
   </si>
   <si>
     <t>LU3DFB</t>
   </si>
   <si>
     <t>Diplôme d'université Didactique du FLE : principes et notions de base</t>
   </si>
   <si>
     <t>CLAUDEL</t>
   </si>
   <si>
     <t>HELAUDAIS</t>
   </si>
   <si>
     <t>Marion</t>
   </si>
   <si>
     <t>LU4HLCC</t>
   </si>
   <si>
     <t>LU4LCC</t>
@@ -2284,190 +2135,190 @@
   <si>
     <t>Karine</t>
   </si>
   <si>
     <t>DUCHENE</t>
   </si>
   <si>
     <t>Pauline</t>
   </si>
   <si>
     <t>DUCHÊNE</t>
   </si>
   <si>
     <t xml:space="preserve">HUMEAU </t>
   </si>
   <si>
     <t>LEMEUR</t>
   </si>
   <si>
     <t xml:space="preserve">REHBINDER </t>
   </si>
   <si>
     <t>André</t>
   </si>
   <si>
-    <t>F.Et.E</t>
-[...1 lines deleted...]
-  <si>
     <t>MAJOREL</t>
   </si>
   <si>
     <t>Jeremy</t>
   </si>
   <si>
     <t>ALCOBA</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>LEROUX</t>
   </si>
   <si>
     <t>PAGES</t>
   </si>
   <si>
     <t>LETOURNEUX</t>
+  </si>
+  <si>
+    <t>2025-125</t>
+  </si>
+  <si>
+    <t>LECOUVEY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3ème année </t>
+  </si>
+  <si>
+    <t>2024-386</t>
+  </si>
+  <si>
+    <t>GROJNOWSKI</t>
+  </si>
+  <si>
+    <t>FETE</t>
+  </si>
+  <si>
+    <t>LU1FA2</t>
+  </si>
+  <si>
+    <t>LU1FB1</t>
+  </si>
+  <si>
+    <t>LU1FB2</t>
+  </si>
+  <si>
+    <t>LU1FC1</t>
+  </si>
+  <si>
+    <t>LU9APS1</t>
+  </si>
+  <si>
+    <t>LU9PS1</t>
+  </si>
+  <si>
+    <t>LU9APS2</t>
+  </si>
+  <si>
+    <t>L5ECAS</t>
+  </si>
+  <si>
+    <t>Master 2e an mention Français langue étrangère [Enseignement en contexte anglo-saxon]</t>
+  </si>
+  <si>
+    <t>Master 1e an mention Français langue étrangère [Enseignement en contexte anglo-saxon]</t>
+  </si>
+  <si>
+    <t>L4ECAS</t>
+  </si>
+  <si>
+    <t>Ouverts / Fermés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-40C]d\ mmmm\ yyyy;@"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...53 lines deleted...]
-      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7"/>
         <bgColor theme="7"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -2480,299 +2331,175 @@
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...67 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="34">
+  <dxfs count="33">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...23 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="medium">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
-        <vertical/>
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
-[...23 lines deleted...]
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Arial"/>
@@ -2992,446 +2719,468 @@
         <sz val="11"/>
         <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="medium">
           <color indexed="64"/>
         </left>
         <right/>
         <top/>
         <bottom/>
-        <vertical/>
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <top style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </top>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </left>
         <right style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </right>
         <top style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </top>
         <bottom style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color theme="7" tint="0.39997558519241921"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
@@ -3451,163 +3200,163 @@
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
-      <xdr:col>10</xdr:col>
-      <xdr:colOff>3990975</xdr:colOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>342900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>18</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9524</xdr:rowOff>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>1752599</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1190624</xdr:rowOff>
     </xdr:to>
-    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
-      <mc:Choice Requires="sle15">
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer" Requires="sle15">
         <xdr:graphicFrame macro="">
           <xdr:nvGraphicFramePr>
             <xdr:cNvPr id="2" name="Niv dipl"/>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2010/slicer">
               <sle:slicer xmlns:sle="http://schemas.microsoft.com/office/drawing/2010/slicer" name="Niv dipl"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
-      <mc:Fallback xmlns="">
+      <mc:Fallback>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
               <a:off x="6753225" y="0"/>
-              <a:ext cx="6324599" cy="981074"/>
+              <a:ext cx="6324599" cy="1190624"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="fr-FR" sz="1100"/>
                 <a:t>Cette forme représente un segment de table. Les segments de table sont pris en charge dans Excel ou version ultérieure.
 En revanche, si la forme a été modifiée dans une version précédente d’Excel, ou si le classeur a été enregistré dans Excel 2007 ou une version précédente, vous ne pouvez pas utiliser le segment.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9524</xdr:rowOff>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>352425</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1209675</xdr:rowOff>
     </xdr:to>
-    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
-      <mc:Choice Requires="sle15">
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer" Requires="sle15">
         <xdr:graphicFrame macro="">
           <xdr:nvGraphicFramePr>
             <xdr:cNvPr id="3" name="Départements"/>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2010/slicer">
               <sle:slicer xmlns:sle="http://schemas.microsoft.com/office/drawing/2010/slicer" name="Départements"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
-      <mc:Fallback xmlns="">
+      <mc:Fallback>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
               <a:off x="1" y="9525"/>
-              <a:ext cx="6762749" cy="971549"/>
+              <a:ext cx="6762749" cy="1200150"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="fr-FR" sz="1100"/>
                 <a:t>Cette forme représente un segment de table. Les segments de table sont pris en charge dans Excel ou version ultérieure.
 En revanche, si la forme a été modifiée dans une version précédente d’Excel, ou si le classeur a été enregistré dans Excel 2007 ou une version précédente, vous ne pouvez pas utiliser le segment.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
@@ -3624,85 +3373,95 @@
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="1"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicerCaches/slicerCache2.xml><?xml version="1.0" encoding="utf-8"?>
 <slicerCacheDefinition xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x" name="Segment_Départements" sourceName="Départements">
   <extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="3"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicers/slicer1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicers xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <slicer name="Niv dipl" cache="Segment_Niv_dipl" caption="Niv dipl" columnCount="7" style="SlicerStyleLight5" rowHeight="241300"/>
   <slicer name="Départements" cache="Segment_Départements" caption="Départements" columnCount="4" style="SlicerStyleLight5" rowHeight="241300"/>
 </slicers>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau5" displayName="Tableau5" ref="A2:AC180" totalsRowShown="0" headerRowDxfId="33" dataDxfId="31" headerRowBorderDxfId="32" tableBorderDxfId="30" totalsRowBorderDxfId="29">
-  <autoFilter ref="A2:AC180"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau5" displayName="Tableau5" ref="A2:AB182" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29" totalsRowBorderDxfId="28">
+  <autoFilter ref="A2:AB182">
+    <filterColumn colId="0">
+      <filters>
+        <filter val="M2"/>
+      </filters>
+    </filterColumn>
+    <filterColumn colId="3">
+      <filters>
+        <filter val="Humanités"/>
+      </filters>
+    </filterColumn>
+  </autoFilter>
   <sortState ref="A2:AC174">
     <sortCondition ref="D1:D174"/>
   </sortState>
-  <tableColumns count="29">
-[...28 lines deleted...]
-    <tableColumn id="28" name="M2" dataDxfId="0"/>
+  <tableColumns count="28">
+    <tableColumn id="1" name="Niv dipl" dataDxfId="27"/>
+    <tableColumn id="27" name="Années" dataDxfId="26"/>
+    <tableColumn id="2" name="Ouverts / Fermés" dataDxfId="25"/>
+    <tableColumn id="3" name="Départements" dataDxfId="24"/>
+    <tableColumn id="4" name="Code diplôme" dataDxfId="23"/>
+    <tableColumn id="5" name="VDI" dataDxfId="22"/>
+    <tableColumn id="6" name="Mention" dataDxfId="21"/>
+    <tableColumn id="7" name="Code Etape" dataDxfId="20"/>
+    <tableColumn id="8" name="VET" dataDxfId="19"/>
+    <tableColumn id="9" name="Présentiel / EAD" dataDxfId="18"/>
+    <tableColumn id="10" name="Parcours Type" dataDxfId="17"/>
+    <tableColumn id="11" name="Num AR" dataDxfId="16"/>
+    <tableColumn id="12" name="Num AR 2" dataDxfId="15"/>
+    <tableColumn id="13" name="CFVU" dataDxfId="14"/>
+    <tableColumn id="29" name="Domaines" dataDxfId="13"/>
+    <tableColumn id="14" name="Président / Présidente" dataDxfId="12"/>
+    <tableColumn id="15" name="Civilités 1 Président" dataDxfId="11"/>
+    <tableColumn id="16" name="NOM 1 Président" dataDxfId="10"/>
+    <tableColumn id="17" name="Prénom 1 / Président" dataDxfId="9"/>
+    <tableColumn id="18" name="Civilités 2" dataDxfId="8"/>
+    <tableColumn id="19" name="NOM 2" dataDxfId="7"/>
+    <tableColumn id="20" name="Prénom 2 / Membre - Assesseur" dataDxfId="6"/>
+    <tableColumn id="21" name="Civilités 3" dataDxfId="5"/>
+    <tableColumn id="22" name="NOMS 3" dataDxfId="4"/>
+    <tableColumn id="23" name="Prénom 3 / Membre - Assesseur" dataDxfId="3"/>
+    <tableColumn id="24" name="Civilités 4" dataDxfId="2"/>
+    <tableColumn id="25" name="NOM 4" dataDxfId="1"/>
+    <tableColumn id="26" name="Prénom 4 " dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium20" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -3926,14190 +3685,14162 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AC180"/>
+  <dimension ref="A1:AB182"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="R124" workbookViewId="0">
-      <selection activeCell="AA70" sqref="AA70"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="M1" workbookViewId="0">
+      <selection activeCell="S124" sqref="S124"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="13.140625" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="15.42578125" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="13.5703125" hidden="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="19" max="19" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.140625" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="124.140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="13.5703125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="15.28515625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="31.7109375" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.5703125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.5703125" bestFit="1" customWidth="1"/>
-    <col min="21" max="21" width="22.28515625" bestFit="1" customWidth="1"/>
-    <col min="22" max="23" width="15.5703125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="22.5703125" bestFit="1" customWidth="1"/>
-    <col min="25" max="26" width="15.5703125" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="15.140625" bestFit="1" customWidth="1"/>
-    <col min="29" max="29" width="34.140625" hidden="1" customWidth="1"/>
+    <col min="29" max="29" width="35.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="76.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:29" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:28" ht="123.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:28" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="10" t="s">
+      <c r="C2" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="E2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="1" t="s">
+      <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="1" t="s">
+      <c r="G2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="1" t="s">
+      <c r="I2" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="J2" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K2" s="1" t="s">
+      <c r="L2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L2" s="1" t="s">
+      <c r="M2" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="M2" s="1" t="s">
+      <c r="N2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N2" s="1" t="s">
+      <c r="O2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="O2" s="1" t="s">
+      <c r="P2" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="P2" s="1" t="s">
+      <c r="Q2" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="R2" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="S2" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="Q2" s="1" t="s">
+      <c r="T2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="U2" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="V2" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="W2" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="X2" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="Y2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="Z2" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="AA2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="AB2" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
+        <v>296</v>
+      </c>
+      <c r="B3" s="8" t="s">
+        <v>507</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="F3" s="8">
+        <v>201</v>
+      </c>
+      <c r="G3" s="11" t="s">
+        <v>298</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="I3" s="8">
+        <v>201</v>
+      </c>
+      <c r="J3" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="L3" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="M3" s="8">
+        <v>1</v>
+      </c>
+      <c r="N3" s="12"/>
+      <c r="O3" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q3" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="R3" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="S3" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="T3" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="U3" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="V3" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="W3" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="X3" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y3" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="13"/>
+    </row>
+    <row r="4" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F4" s="3">
+        <v>201</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="I4" s="3">
+        <v>201</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M4" s="3">
+        <v>2</v>
+      </c>
+      <c r="N4" s="9"/>
+      <c r="O4" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q4" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="S4" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="T4" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U4" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="V4" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="W4" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X4" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="Y4" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="17"/>
+    </row>
+    <row r="5" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F5" s="3">
+        <v>201</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="I5" s="3">
+        <v>201</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M5" s="3">
+        <v>3</v>
+      </c>
+      <c r="N5" s="9"/>
+      <c r="O5" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="S5" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="T5" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="V5" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W5" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X5" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y5" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="17"/>
+    </row>
+    <row r="6" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F6" s="3">
+        <v>201</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="I6" s="3">
+        <v>201</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="L6" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M6" s="3">
+        <v>4</v>
+      </c>
+      <c r="N6" s="9"/>
+      <c r="O6" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q6" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R6" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="S6" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="T6" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U6" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="V6" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W6" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X6" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y6" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
+      <c r="AB6" s="17"/>
+    </row>
+    <row r="7" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F7" s="3">
+        <v>201</v>
+      </c>
+      <c r="G7" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="I7" s="3">
+        <v>201</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M7" s="3">
+        <v>5</v>
+      </c>
+      <c r="N7" s="9"/>
+      <c r="O7" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P7" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R7" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S7" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T7" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U7" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V7" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W7" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X7" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y7" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="17"/>
+    </row>
+    <row r="8" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F8" s="3">
+        <v>201</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="I8" s="3">
+        <v>201</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M8" s="3">
+        <v>6</v>
+      </c>
+      <c r="N8" s="9"/>
+      <c r="O8" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P8" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R8" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S8" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T8" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U8" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="V8" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="W8" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X8" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y8" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z8" s="3"/>
+      <c r="AA8" s="3"/>
+      <c r="AB8" s="17"/>
+    </row>
+    <row r="9" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F9" s="3">
+        <v>201</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="I9" s="3">
+        <v>201</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="L9" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M9" s="3">
+        <v>7</v>
+      </c>
+      <c r="N9" s="9"/>
+      <c r="O9" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P9" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R9" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S9" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T9" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U9" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V9" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W9" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X9" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y9" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z9" s="3"/>
+      <c r="AA9" s="3"/>
+      <c r="AB9" s="17"/>
+    </row>
+    <row r="10" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F10" s="3">
+        <v>201</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="I10" s="3">
+        <v>201</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="L10" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M10" s="3">
+        <v>8</v>
+      </c>
+      <c r="N10" s="9"/>
+      <c r="O10" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P10" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R10" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="S10" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="T10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U10" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V10" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X10" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Y10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" s="3"/>
+      <c r="AA10" s="3"/>
+      <c r="AB10" s="17"/>
+    </row>
+    <row r="11" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F11" s="3">
+        <v>201</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="I11" s="3">
+        <v>201</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="L11" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M11" s="3">
+        <v>9</v>
+      </c>
+      <c r="N11" s="9"/>
+      <c r="O11" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R11" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="S11" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="T11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U11" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="V11" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X11" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y11" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Z11" s="3"/>
+      <c r="AA11" s="3"/>
+      <c r="AB11" s="17"/>
+    </row>
+    <row r="12" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F12" s="3">
+        <v>201</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="I12" s="3">
+        <v>201</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M12" s="3">
+        <v>10</v>
+      </c>
+      <c r="N12" s="9"/>
+      <c r="O12" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P12" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q12" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R12" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="S12" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="T12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U12" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="V12" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X12" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y12" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z12" s="3"/>
+      <c r="AA12" s="3"/>
+      <c r="AB12" s="17"/>
+    </row>
+    <row r="13" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F13" s="3">
+        <v>201</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="I13" s="3">
+        <v>201</v>
+      </c>
+      <c r="J13" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K13" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M13" s="3">
+        <v>11</v>
+      </c>
+      <c r="N13" s="9"/>
+      <c r="O13" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P13" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R13" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S13" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T13" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U13" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V13" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W13" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X13" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y13" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z13" s="3"/>
+      <c r="AA13" s="3"/>
+      <c r="AB13" s="17"/>
+    </row>
+    <row r="14" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F14" s="3">
+        <v>201</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="I14" s="3">
+        <v>201</v>
+      </c>
+      <c r="J14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M14" s="3">
+        <v>12</v>
+      </c>
+      <c r="N14" s="9"/>
+      <c r="O14" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P14" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S14" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T14" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U14" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="V14" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="W14" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X14" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y14" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z14" s="3"/>
+      <c r="AA14" s="3"/>
+      <c r="AB14" s="17"/>
+    </row>
+    <row r="15" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F15" s="3">
+        <v>201</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="I15" s="3">
+        <v>201</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K15" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M15" s="3">
+        <v>13</v>
+      </c>
+      <c r="N15" s="9"/>
+      <c r="O15" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P15" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R15" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S15" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T15" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U15" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V15" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W15" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X15" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y15" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="17"/>
+    </row>
+    <row r="16" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F16" s="3">
+        <v>201</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="I16" s="3">
+        <v>201</v>
+      </c>
+      <c r="J16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="L16" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M16" s="3">
+        <v>14</v>
+      </c>
+      <c r="N16" s="9"/>
+      <c r="O16" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P16" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q16" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R16" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="S16" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="T16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U16" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V16" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X16" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Y16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z16" s="3"/>
+      <c r="AA16" s="3"/>
+      <c r="AB16" s="17"/>
+    </row>
+    <row r="17" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F17" s="3">
+        <v>201</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="I17" s="3">
+        <v>201</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M17" s="3">
+        <v>15</v>
+      </c>
+      <c r="N17" s="9"/>
+      <c r="O17" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R17" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="S17" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="T17" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U17" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="V17" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="W17" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X17" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y17" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z17" s="3"/>
+      <c r="AA17" s="3"/>
+      <c r="AB17" s="17"/>
+    </row>
+    <row r="18" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F18" s="3">
+        <v>201</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="I18" s="3">
+        <v>201</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K18" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M18" s="3">
+        <v>16</v>
+      </c>
+      <c r="N18" s="9"/>
+      <c r="O18" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q18" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R18" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="S18" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="T18" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U18" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="V18" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="W18" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3"/>
+      <c r="AB18" s="17"/>
+    </row>
+    <row r="19" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F19" s="3">
+        <v>202</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="I19" s="3">
+        <v>201</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K19" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M19" s="3">
+        <v>17</v>
+      </c>
+      <c r="N19" s="9"/>
+      <c r="O19" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P19" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q19" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R19" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="S19" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="T19" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U19" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="V19" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="W19" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z19" s="3"/>
+      <c r="AA19" s="3"/>
+      <c r="AB19" s="17"/>
+    </row>
+    <row r="20" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F20" s="3">
+        <v>201</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="I20" s="3">
+        <v>201</v>
+      </c>
+      <c r="J20" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M20" s="3">
+        <v>18</v>
+      </c>
+      <c r="N20" s="9"/>
+      <c r="O20" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="S20" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="T20" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U20" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="V20" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="W20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X20" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y20" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z20" s="3"/>
+      <c r="AA20" s="3"/>
+      <c r="AB20" s="17"/>
+    </row>
+    <row r="21" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F21" s="3">
+        <v>203</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="I21" s="3">
+        <v>211</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M21" s="3">
+        <v>19</v>
+      </c>
+      <c r="N21" s="9"/>
+      <c r="O21" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P21" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R21" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="S21" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="T21" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U21" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="V21" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="W21" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X21" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="Y21" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z21" s="3"/>
+      <c r="AA21" s="3"/>
+      <c r="AB21" s="17"/>
+    </row>
+    <row r="22" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F22" s="3">
+        <v>201</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="I22" s="3">
+        <v>201</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K22" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M22" s="3">
+        <v>20</v>
+      </c>
+      <c r="N22" s="9"/>
+      <c r="O22" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P22" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q22" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R22" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="S22" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T22" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U22" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="V22" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="W22" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X22" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y22" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="17"/>
+    </row>
+    <row r="23" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F23" s="3">
+        <v>201</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="I23" s="3">
+        <v>201</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K23" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M23" s="3">
+        <v>21</v>
+      </c>
+      <c r="N23" s="9"/>
+      <c r="O23" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="S23" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T23" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U23" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="V23" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="W23" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X23" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y23" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="Z23" s="3"/>
+      <c r="AA23" s="3"/>
+      <c r="AB23" s="17"/>
+    </row>
+    <row r="24" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F24" s="3">
+        <v>202</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="I24" s="3">
+        <v>201</v>
+      </c>
+      <c r="J24" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K24" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M24" s="3">
+        <v>22</v>
+      </c>
+      <c r="N24" s="9"/>
+      <c r="O24" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P24" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q24" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R24" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="S24" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T24" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U24" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="V24" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="W24" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X24" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y24" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="Z24" s="3"/>
+      <c r="AA24" s="3"/>
+      <c r="AB24" s="17"/>
+    </row>
+    <row r="25" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F25" s="3">
+        <v>201</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="I25" s="3">
+        <v>201</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K25" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M25" s="3">
+        <v>23</v>
+      </c>
+      <c r="N25" s="9"/>
+      <c r="O25" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P25" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q25" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R25" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="S25" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T25" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U25" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="V25" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="W25" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X25" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y25" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="Z25" s="3"/>
+      <c r="AA25" s="3"/>
+      <c r="AB25" s="17"/>
+    </row>
+    <row r="26" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="F26" s="3">
+        <v>203</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="I26" s="3">
+        <v>201</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K26" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M26" s="3">
+        <v>24</v>
+      </c>
+      <c r="N26" s="9"/>
+      <c r="O26" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="T26" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U26" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="V26" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="W26" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X26" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="Y26" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="17"/>
+    </row>
+    <row r="27" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D27" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F27" s="3">
+        <v>201</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="I27" s="3">
+        <v>201</v>
+      </c>
+      <c r="J27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K27" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M27" s="3">
+        <v>25</v>
+      </c>
+      <c r="N27" s="9"/>
+      <c r="O27" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="R2" s="1" t="s">
-[...29 lines deleted...]
-      <c r="AB2" s="1" t="s">
+      <c r="S27" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="T27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U27" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="V27" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="W27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X27" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y27" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="17"/>
+    </row>
+    <row r="28" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F28" s="3">
+        <v>201</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="I28" s="3">
+        <v>201</v>
+      </c>
+      <c r="J28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K28" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M28" s="3">
+        <v>26</v>
+      </c>
+      <c r="N28" s="9"/>
+      <c r="O28" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R28" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="T28" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U28" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="V28" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="W28" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X28" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y28" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="Z28" s="3"/>
+      <c r="AA28" s="3"/>
+      <c r="AB28" s="17"/>
+    </row>
+    <row r="29" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F29" s="3">
+        <v>201</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="I29" s="3">
+        <v>201</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K29" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M29" s="3">
+        <v>27</v>
+      </c>
+      <c r="N29" s="9"/>
+      <c r="O29" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="S29" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="T29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U29" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="V29" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="W29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X29" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y29" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z29" s="3"/>
+      <c r="AA29" s="3"/>
+      <c r="AB29" s="17"/>
+    </row>
+    <row r="30" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D30" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F30" s="3">
+        <v>201</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="I30" s="3">
+        <v>201</v>
+      </c>
+      <c r="J30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K30" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M30" s="3">
+        <v>28</v>
+      </c>
+      <c r="N30" s="9"/>
+      <c r="O30" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="T30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U30" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="V30" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="W30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X30" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Y30" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="Z30" s="3"/>
+      <c r="AA30" s="3"/>
+      <c r="AB30" s="17"/>
+    </row>
+    <row r="31" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D31" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F31" s="3">
+        <v>202</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="I31" s="3">
+        <v>201</v>
+      </c>
+      <c r="J31" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K31" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M31" s="3">
+        <v>29</v>
+      </c>
+      <c r="N31" s="9"/>
+      <c r="O31" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P31" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="T31" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U31" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="V31" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="W31" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X31" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Y31" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="Z31" s="3"/>
+      <c r="AA31" s="3"/>
+      <c r="AB31" s="17"/>
+    </row>
+    <row r="32" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F32" s="3">
+        <v>201</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="I32" s="3">
+        <v>201</v>
+      </c>
+      <c r="J32" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K32" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M32" s="3">
+        <v>30</v>
+      </c>
+      <c r="N32" s="9"/>
+      <c r="O32" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q32" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R32" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="S32" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="T32" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U32" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="V32" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="W32" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X32" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y32" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z32" s="3"/>
+      <c r="AA32" s="3"/>
+      <c r="AB32" s="17"/>
+    </row>
+    <row r="33" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F33" s="3">
+        <v>201</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I33" s="3">
+        <v>201</v>
+      </c>
+      <c r="J33" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K33" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M33" s="3">
+        <v>31</v>
+      </c>
+      <c r="N33" s="9"/>
+      <c r="O33" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="S33" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="T33" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U33" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="V33" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="W33" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X33" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="Y33" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="Z33" s="3"/>
+      <c r="AA33" s="3"/>
+      <c r="AB33" s="3"/>
+    </row>
+    <row r="34" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F34" s="3">
+        <v>202</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="I34" s="3">
+        <v>201</v>
+      </c>
+      <c r="J34" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K34" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M34" s="3">
+        <v>32</v>
+      </c>
+      <c r="N34" s="9"/>
+      <c r="O34" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="S34" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="T34" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U34" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="V34" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="W34" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X34" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="Y34" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="Z34" s="3"/>
+      <c r="AA34" s="3"/>
+      <c r="AB34" s="3"/>
+    </row>
+    <row r="35" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F35" s="3">
+        <v>201</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="I35" s="3">
+        <v>201</v>
+      </c>
+      <c r="J35" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K35" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M35" s="3">
+        <v>33</v>
+      </c>
+      <c r="N35" s="9"/>
+      <c r="O35" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R35" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="S35" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="T35" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U35" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="V35" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="W35" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X35" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Y35" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="Z35" s="3"/>
+      <c r="AA35" s="3"/>
+      <c r="AB35" s="17"/>
+    </row>
+    <row r="36" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F36" s="3">
+        <v>201</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="I36" s="3">
+        <v>201</v>
+      </c>
+      <c r="J36" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K36" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M36" s="3">
+        <v>34</v>
+      </c>
+      <c r="N36" s="9"/>
+      <c r="O36" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="S36" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T36" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U36" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="V36" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="W36" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X36" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="Y36" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="Z36" s="3"/>
+      <c r="AA36" s="3"/>
+      <c r="AB36" s="17"/>
+    </row>
+    <row r="37" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F37" s="3">
+        <v>201</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="I37" s="3">
+        <v>201</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K37" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M37" s="3">
+        <v>35</v>
+      </c>
+      <c r="N37" s="9"/>
+      <c r="O37" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="T37" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U37" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="V37" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W37" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X37" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y37" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="Z37" s="3"/>
+      <c r="AA37" s="3"/>
+      <c r="AB37" s="17"/>
+    </row>
+    <row r="38" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F38" s="3">
+        <v>201</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I38" s="3">
+        <v>201</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K38" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M38" s="3">
+        <v>36</v>
+      </c>
+      <c r="N38" s="9"/>
+      <c r="O38" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q38" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="S38" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="T38" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U38" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="V38" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="W38" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X38" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="Y38" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="Z38" s="3"/>
+      <c r="AA38" s="3"/>
+      <c r="AB38" s="17"/>
+    </row>
+    <row r="39" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F39" s="3">
+        <v>201</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="I39" s="3">
+        <v>201</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K39" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M39" s="3">
+        <v>37</v>
+      </c>
+      <c r="N39" s="9"/>
+      <c r="O39" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R39" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="S39" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="T39" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U39" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="V39" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="W39" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X39" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="Y39" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="Z39" s="3"/>
+      <c r="AA39" s="3"/>
+      <c r="AB39" s="17"/>
+    </row>
+    <row r="40" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F40" s="3">
+        <v>201</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="I40" s="3">
+        <v>201</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K40" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M40" s="3">
+        <v>38</v>
+      </c>
+      <c r="N40" s="9"/>
+      <c r="O40" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P40" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="T40" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U40" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="V40" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="W40" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X40" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="Y40" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="Z40" s="3"/>
+      <c r="AA40" s="3"/>
+      <c r="AB40" s="17"/>
+    </row>
+    <row r="41" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F41" s="3">
+        <v>201</v>
+      </c>
+      <c r="G41" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="I41" s="3">
+        <v>201</v>
+      </c>
+      <c r="J41" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K41" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M41" s="3">
+        <v>39</v>
+      </c>
+      <c r="N41" s="9"/>
+      <c r="O41" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R41" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="S41" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T41" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U41" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="V41" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="W41" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X41" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="Y41" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z41" s="3"/>
+      <c r="AA41" s="3"/>
+      <c r="AB41" s="17"/>
+    </row>
+    <row r="42" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F42" s="3">
+        <v>201</v>
+      </c>
+      <c r="G42" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="I42" s="3">
+        <v>201</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K42" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M42" s="3">
+        <v>40</v>
+      </c>
+      <c r="N42" s="9"/>
+      <c r="O42" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R42" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="S42" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="T42" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U42" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="V42" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W42" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X42" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y42" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="Z42" s="3"/>
+      <c r="AA42" s="3"/>
+      <c r="AB42" s="17"/>
+    </row>
+    <row r="43" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F43" s="3">
+        <v>201</v>
+      </c>
+      <c r="G43" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="I43" s="3">
+        <v>201</v>
+      </c>
+      <c r="J43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K43" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M43" s="3">
+        <v>41</v>
+      </c>
+      <c r="N43" s="9"/>
+      <c r="O43" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="S43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="T43" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U43" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="V43" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="W43" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X43" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y43" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z43" s="3"/>
+      <c r="AA43" s="3"/>
+      <c r="AB43" s="17"/>
+    </row>
+    <row r="44" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F44" s="3">
+        <v>202</v>
+      </c>
+      <c r="G44" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="I44" s="3">
+        <v>201</v>
+      </c>
+      <c r="J44" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K44" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M44" s="3">
+        <v>42</v>
+      </c>
+      <c r="N44" s="9"/>
+      <c r="O44" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P44" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q44" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R44" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="S44" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T44" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U44" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="V44" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="W44" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X44" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="Y44" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z44" s="3"/>
+      <c r="AA44" s="3"/>
+      <c r="AB44" s="17"/>
+    </row>
+    <row r="45" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F45" s="3">
+        <v>203</v>
+      </c>
+      <c r="G45" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="I45" s="3">
+        <v>201</v>
+      </c>
+      <c r="J45" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K45" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M45" s="3">
+        <v>43</v>
+      </c>
+      <c r="N45" s="9"/>
+      <c r="O45" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P45" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R45" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="S45" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="T45" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U45" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="V45" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="W45" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X45" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y45" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z45" s="3"/>
+      <c r="AA45" s="3"/>
+      <c r="AB45" s="17"/>
+    </row>
+    <row r="46" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F46" s="3">
+        <v>201</v>
+      </c>
+      <c r="G46" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="I46" s="3">
+        <v>201</v>
+      </c>
+      <c r="J46" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K46" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M46" s="3">
+        <v>44</v>
+      </c>
+      <c r="N46" s="9"/>
+      <c r="O46" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R46" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="S46" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="T46" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U46" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="V46" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W46" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X46" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y46" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Z46" s="3"/>
+      <c r="AA46" s="3"/>
+      <c r="AB46" s="17"/>
+    </row>
+    <row r="47" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F47" s="3">
+        <v>201</v>
+      </c>
+      <c r="G47" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="I47" s="3">
+        <v>201</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K47" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M47" s="3">
+        <v>45</v>
+      </c>
+      <c r="N47" s="9"/>
+      <c r="O47" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P47" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R47" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="S47" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="T47" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U47" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="V47" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W47" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X47" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="Y47" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Z47" s="3"/>
+      <c r="AA47" s="3"/>
+      <c r="AB47" s="17"/>
+    </row>
+    <row r="48" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F48" s="3">
+        <v>201</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="I48" s="3">
+        <v>201</v>
+      </c>
+      <c r="J48" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K48" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M48" s="3">
+        <v>46</v>
+      </c>
+      <c r="N48" s="9"/>
+      <c r="O48" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P48" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R48" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S48" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T48" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U48" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V48" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W48" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X48" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y48" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z48" s="3"/>
+      <c r="AA48" s="3"/>
+      <c r="AB48" s="17"/>
+    </row>
+    <row r="49" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F49" s="3">
+        <v>201</v>
+      </c>
+      <c r="G49" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="I49" s="3">
+        <v>201</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K49" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M49" s="3">
+        <v>47</v>
+      </c>
+      <c r="N49" s="9"/>
+      <c r="O49" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S49" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T49" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U49" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="V49" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="W49" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X49" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y49" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z49" s="3"/>
+      <c r="AA49" s="3"/>
+      <c r="AB49" s="17"/>
+    </row>
+    <row r="50" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F50" s="3">
+        <v>201</v>
+      </c>
+      <c r="G50" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="I50" s="3">
+        <v>201</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K50" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M50" s="3">
+        <v>48</v>
+      </c>
+      <c r="N50" s="9"/>
+      <c r="O50" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P50" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R50" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S50" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T50" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U50" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="V50" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="W50" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X50" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y50" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z50" s="3"/>
+      <c r="AA50" s="3"/>
+      <c r="AB50" s="17"/>
+    </row>
+    <row r="51" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F51" s="3">
+        <v>201</v>
+      </c>
+      <c r="G51" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="I51" s="3">
+        <v>201</v>
+      </c>
+      <c r="J51" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K51" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M51" s="3">
+        <v>49</v>
+      </c>
+      <c r="N51" s="9"/>
+      <c r="O51" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P51" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R51" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="S51" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="T51" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U51" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V51" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W51" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X51" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Y51" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="17"/>
+    </row>
+    <row r="52" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F52" s="3">
+        <v>204</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="I52" s="3">
+        <v>201</v>
+      </c>
+      <c r="J52" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K52" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M52" s="3">
+        <v>50</v>
+      </c>
+      <c r="N52" s="9"/>
+      <c r="O52" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P52" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R52" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="S52" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="T52" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U52" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="V52" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="W52" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X52" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y52" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="Z52" s="3"/>
+      <c r="AA52" s="3"/>
+      <c r="AB52" s="17"/>
+    </row>
+    <row r="53" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F53" s="3">
+        <v>203</v>
+      </c>
+      <c r="G53" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="I53" s="3">
+        <v>201</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K53" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M53" s="3">
+        <v>51</v>
+      </c>
+      <c r="N53" s="9"/>
+      <c r="O53" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P53" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R53" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="S53" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="T53" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U53" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="V53" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="W53" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X53" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y53" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="Z53" s="3"/>
+      <c r="AA53" s="3"/>
+      <c r="AB53" s="17"/>
+    </row>
+    <row r="54" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F54" s="3">
+        <v>202</v>
+      </c>
+      <c r="G54" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="I54" s="3">
+        <v>201</v>
+      </c>
+      <c r="J54" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K54" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M54" s="3">
+        <v>52</v>
+      </c>
+      <c r="N54" s="9"/>
+      <c r="O54" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P54" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q54" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R54" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="S54" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="T54" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U54" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="V54" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="W54" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X54" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y54" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="Z54" s="3"/>
+      <c r="AA54" s="3"/>
+      <c r="AB54" s="17"/>
+    </row>
+    <row r="55" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D55" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F55" s="3">
+        <v>201</v>
+      </c>
+      <c r="G55" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="I55" s="3">
+        <v>201</v>
+      </c>
+      <c r="J55" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K55" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M55" s="3">
+        <v>53</v>
+      </c>
+      <c r="N55" s="9"/>
+      <c r="O55" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P55" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R55" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="S55" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="T55" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U55" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="V55" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="W55" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="X55" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="Y55" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="Z55" s="3"/>
+      <c r="AA55" s="3"/>
+      <c r="AB55" s="17"/>
+    </row>
+    <row r="56" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F56" s="3">
+        <v>203</v>
+      </c>
+      <c r="G56" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="I56" s="3">
+        <v>201</v>
+      </c>
+      <c r="J56" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K56" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M56" s="3">
+        <v>54</v>
+      </c>
+      <c r="N56" s="9"/>
+      <c r="O56" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P56" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q56" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R56" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="S56" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="T56" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="U56" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="V56" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="W56" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X56" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="Y56" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z56" s="3"/>
+      <c r="AA56" s="3"/>
+      <c r="AB56" s="17"/>
+    </row>
+    <row r="57" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F57" s="3">
+        <v>202</v>
+      </c>
+      <c r="G57" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="I57" s="3">
+        <v>201</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K57" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M57" s="3">
+        <v>55</v>
+      </c>
+      <c r="N57" s="9"/>
+      <c r="O57" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R57" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="S57" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="T57" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U57" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="V57" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X57" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y57" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z57" s="3"/>
+      <c r="AA57" s="3"/>
+      <c r="AB57" s="17"/>
+    </row>
+    <row r="58" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F58" s="3">
+        <v>201</v>
+      </c>
+      <c r="G58" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="I58" s="3">
+        <v>201</v>
+      </c>
+      <c r="J58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K58" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M58" s="3">
+        <v>56</v>
+      </c>
+      <c r="N58" s="9"/>
+      <c r="O58" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R58" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="S58" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="T58" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U58" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="V58" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="W58" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X58" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y58" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z58" s="3"/>
+      <c r="AA58" s="3"/>
+      <c r="AB58" s="17"/>
+    </row>
+    <row r="59" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D59" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F59" s="3">
+        <v>201</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="I59" s="3">
+        <v>201</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K59" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M59" s="3">
+        <v>57</v>
+      </c>
+      <c r="N59" s="9"/>
+      <c r="O59" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R59" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="T59" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U59" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="V59" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="W59" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X59" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y59" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z59" s="3"/>
+      <c r="AA59" s="3"/>
+      <c r="AB59" s="17"/>
+    </row>
+    <row r="60" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F60" s="3">
+        <v>201</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="I60" s="3">
+        <v>201</v>
+      </c>
+      <c r="J60" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K60" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M60" s="3">
+        <v>58</v>
+      </c>
+      <c r="N60" s="9"/>
+      <c r="O60" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R60" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="T60" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U60" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="V60" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="W60" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X60" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Y60" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="Z60" s="3"/>
+      <c r="AA60" s="3"/>
+      <c r="AB60" s="17"/>
+    </row>
+    <row r="61" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F61" s="3">
+        <v>202</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="I61" s="3">
+        <v>201</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K61" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M61" s="3">
+        <v>59</v>
+      </c>
+      <c r="N61" s="9"/>
+      <c r="O61" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R61" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="S61" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="T61" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U61" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="V61" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="W61" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X61" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="Y61" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="Z61" s="3"/>
+      <c r="AA61" s="3"/>
+      <c r="AB61" s="17"/>
+    </row>
+    <row r="62" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F62" s="3">
+        <v>202</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="I62" s="3">
+        <v>201</v>
+      </c>
+      <c r="J62" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K62" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M62" s="3">
+        <v>60</v>
+      </c>
+      <c r="N62" s="9"/>
+      <c r="O62" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R62" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="S62" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="T62" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U62" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V62" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W62" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X62" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="Y62" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="Z62" s="3"/>
+      <c r="AA62" s="3"/>
+      <c r="AB62" s="17"/>
+    </row>
+    <row r="63" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F63" s="3">
+        <v>203</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="I63" s="3">
+        <v>201</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K63" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M63" s="3">
+        <v>61</v>
+      </c>
+      <c r="N63" s="9"/>
+      <c r="O63" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P63" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R63" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="S63" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="T63" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U63" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V63" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W63" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X63" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="Y63" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="Z63" s="3"/>
+      <c r="AA63" s="3"/>
+      <c r="AB63" s="17"/>
+    </row>
+    <row r="64" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D64" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F64" s="3">
+        <v>201</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="I64" s="3">
+        <v>201</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K64" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M64" s="3">
+        <v>62</v>
+      </c>
+      <c r="N64" s="9"/>
+      <c r="O64" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R64" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="S64" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="T64" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U64" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V64" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W64" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X64" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="Y64" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="Z64" s="3"/>
+      <c r="AA64" s="3"/>
+      <c r="AB64" s="17"/>
+    </row>
+    <row r="65" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D65" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F65" s="3">
+        <v>204</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="I65" s="3">
+        <v>201</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K65" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="L65" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M65" s="3">
+        <v>63</v>
+      </c>
+      <c r="N65" s="9"/>
+      <c r="O65" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P65" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R65" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="S65" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T65" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U65" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="V65" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="W65" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X65" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="Y65" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="Z65" s="3"/>
+      <c r="AA65" s="3"/>
+      <c r="AB65" s="17"/>
+    </row>
+    <row r="66" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D66" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="F66" s="3">
+        <v>204</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="I66" s="3">
+        <v>201</v>
+      </c>
+      <c r="J66" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K66" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="L66" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M66" s="3">
+        <v>64</v>
+      </c>
+      <c r="N66" s="9"/>
+      <c r="O66" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P66" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R66" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="S66" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="T66" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U66" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="V66" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W66" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X66" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="Y66" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="Z66" s="3"/>
+      <c r="AA66" s="3"/>
+      <c r="AB66" s="17"/>
+    </row>
+    <row r="67" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F67" s="3">
+        <v>201</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I67" s="3">
+        <v>221</v>
+      </c>
+      <c r="J67" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K67" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M67" s="3">
+        <v>65</v>
+      </c>
+      <c r="N67" s="9"/>
+      <c r="O67" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P67" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R67" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S67" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T67" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U67" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V67" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W67" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X67" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y67" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z67" s="3"/>
+      <c r="AA67" s="3"/>
+      <c r="AB67" s="17"/>
+    </row>
+    <row r="68" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F68" s="3">
+        <v>201</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I68" s="3">
+        <v>221</v>
+      </c>
+      <c r="J68" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K68" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M68" s="3">
+        <v>66</v>
+      </c>
+      <c r="N68" s="9"/>
+      <c r="O68" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R68" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S68" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T68" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U68" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V68" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W68" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X68" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y68" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z68" s="3"/>
+      <c r="AA68" s="3"/>
+      <c r="AB68" s="17"/>
+    </row>
+    <row r="69" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F69" s="3">
+        <v>201</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I69" s="3">
+        <v>221</v>
+      </c>
+      <c r="J69" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K69" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M69" s="3">
+        <v>67</v>
+      </c>
+      <c r="N69" s="9"/>
+      <c r="O69" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R69" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S69" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T69" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U69" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V69" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W69" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X69" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y69" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z69" s="3"/>
+      <c r="AA69" s="3"/>
+      <c r="AB69" s="17"/>
+    </row>
+    <row r="70" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" s="3">
+        <v>201</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I70" s="3">
+        <v>201</v>
+      </c>
+      <c r="J70" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K70" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M70" s="3">
+        <v>68</v>
+      </c>
+      <c r="N70" s="9"/>
+      <c r="O70" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P70" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q70" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R70" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="S70" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="T70" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U70" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="V70" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="W70" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X70" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y70" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z70" s="3"/>
+      <c r="AA70" s="3"/>
+      <c r="AB70" s="17"/>
+    </row>
+    <row r="71" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" s="3">
+        <v>201</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I71" s="3">
+        <v>201</v>
+      </c>
+      <c r="J71" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K71" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M71" s="3">
+        <v>69</v>
+      </c>
+      <c r="N71" s="9"/>
+      <c r="O71" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P71" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R71" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="S71" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="T71" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U71" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="V71" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="W71" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X71" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y71" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z71" s="3"/>
+      <c r="AA71" s="3"/>
+      <c r="AB71" s="17"/>
+    </row>
+    <row r="72" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" s="3">
+        <v>201</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I72" s="3">
+        <v>201</v>
+      </c>
+      <c r="J72" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K72" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M72" s="3">
+        <v>70</v>
+      </c>
+      <c r="N72" s="9"/>
+      <c r="O72" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P72" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q72" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R72" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="S72" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="T72" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U72" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="V72" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="W72" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X72" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y72" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="Z72" s="3"/>
+      <c r="AA72" s="3"/>
+      <c r="AB72" s="17"/>
+    </row>
+    <row r="73" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F73" s="3">
+        <v>201</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="I73" s="3">
+        <v>201</v>
+      </c>
+      <c r="J73" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K73" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="L73" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M73" s="3">
+        <v>71</v>
+      </c>
+      <c r="N73" s="9"/>
+      <c r="O73" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P73" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q73" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R73" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="S73" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="T73" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U73" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V73" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W73" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X73" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y73" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="Z73" s="3"/>
+      <c r="AA73" s="3"/>
+      <c r="AB73" s="17"/>
+    </row>
+    <row r="74" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F74" s="3">
+        <v>201</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I74" s="3">
+        <v>201</v>
+      </c>
+      <c r="J74" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K74" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M74" s="3">
+        <v>72</v>
+      </c>
+      <c r="N74" s="9"/>
+      <c r="O74" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P74" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q74" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R74" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S74" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T74" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U74" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="V74" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="W74" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X74" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y74" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z74" s="3"/>
+      <c r="AA74" s="3"/>
+      <c r="AB74" s="17"/>
+    </row>
+    <row r="75" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F75" s="3">
+        <v>201</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="I75" s="3">
+        <v>201</v>
+      </c>
+      <c r="J75" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K75" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M75" s="3">
+        <v>73</v>
+      </c>
+      <c r="N75" s="9"/>
+      <c r="O75" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P75" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R75" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S75" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T75" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U75" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="V75" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="W75" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X75" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y75" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="Z75" s="3"/>
+      <c r="AA75" s="3"/>
+      <c r="AB75" s="17"/>
+    </row>
+    <row r="76" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F76" s="3">
+        <v>201</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="I76" s="3">
+        <v>201</v>
+      </c>
+      <c r="J76" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K76" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="L76" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M76" s="3">
+        <v>74</v>
+      </c>
+      <c r="N76" s="9"/>
+      <c r="O76" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P76" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q76" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R76" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S76" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T76" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U76" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="V76" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="W76" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X76" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="Y76" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="Z76" s="3"/>
+      <c r="AA76" s="3"/>
+      <c r="AB76" s="17"/>
+    </row>
+    <row r="77" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F77" s="3">
+        <v>201</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="I77" s="3">
+        <v>201</v>
+      </c>
+      <c r="J77" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K77" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M77" s="3">
+        <v>75</v>
+      </c>
+      <c r="N77" s="9"/>
+      <c r="O77" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P77" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R77" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S77" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T77" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U77" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="V77" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="W77" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X77" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="Y77" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="Z77" s="3"/>
+      <c r="AA77" s="3"/>
+      <c r="AB77" s="17"/>
+    </row>
+    <row r="78" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F78" s="3">
+        <v>201</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="I78" s="3">
+        <v>201</v>
+      </c>
+      <c r="J78" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K78" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M78" s="3">
+        <v>76</v>
+      </c>
+      <c r="N78" s="9"/>
+      <c r="O78" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P78" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q78" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R78" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S78" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T78" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U78" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V78" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W78" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X78" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y78" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z78" s="3"/>
+      <c r="AA78" s="3"/>
+      <c r="AB78" s="17"/>
+    </row>
+    <row r="79" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F79" s="3">
+        <v>201</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="I79" s="3">
+        <v>201</v>
+      </c>
+      <c r="J79" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K79" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M79" s="3">
+        <v>77</v>
+      </c>
+      <c r="N79" s="9"/>
+      <c r="O79" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P79" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q79" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R79" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S79" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T79" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U79" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V79" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W79" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X79" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y79" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z79" s="3"/>
+      <c r="AA79" s="3"/>
+      <c r="AB79" s="17"/>
+    </row>
+    <row r="80" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F80" s="3">
+        <v>201</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="I80" s="3">
+        <v>201</v>
+      </c>
+      <c r="J80" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K80" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M80" s="3">
+        <v>78</v>
+      </c>
+      <c r="N80" s="9"/>
+      <c r="O80" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P80" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S80" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T80" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U80" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V80" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W80" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X80" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y80" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z80" s="3"/>
+      <c r="AA80" s="3"/>
+      <c r="AB80" s="17"/>
+    </row>
+    <row r="81" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F81" s="3">
+        <v>201</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="I81" s="3">
+        <v>201</v>
+      </c>
+      <c r="J81" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K81" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M81" s="3">
+        <v>79</v>
+      </c>
+      <c r="N81" s="9"/>
+      <c r="O81" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P81" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q81" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R81" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="S81" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="T81" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U81" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="V81" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="W81" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X81" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="Y81" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="Z81" s="3"/>
+      <c r="AA81" s="3"/>
+      <c r="AB81" s="17"/>
+    </row>
+    <row r="82" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F82" s="3">
+        <v>201</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="I82" s="3">
+        <v>201</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K82" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M82" s="3">
+        <v>80</v>
+      </c>
+      <c r="N82" s="9"/>
+      <c r="O82" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P82" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q82" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R82" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="S82" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="T82" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U82" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="V82" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="W82" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X82" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="Y82" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="Z82" s="3"/>
+      <c r="AA82" s="3"/>
+      <c r="AB82" s="17"/>
+    </row>
+    <row r="83" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F83" s="3">
+        <v>201</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="I83" s="3">
+        <v>201</v>
+      </c>
+      <c r="J83" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K83" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M83" s="3">
+        <v>81</v>
+      </c>
+      <c r="N83" s="9"/>
+      <c r="O83" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P83" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q83" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R83" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="S83" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="T83" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U83" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="V83" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="W83" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X83" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y83" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z83" s="3"/>
+      <c r="AA83" s="3"/>
+      <c r="AB83" s="17"/>
+    </row>
+    <row r="84" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F84" s="3">
+        <v>201</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="I84" s="3">
+        <v>201</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K84" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M84" s="3">
+        <v>82</v>
+      </c>
+      <c r="N84" s="9"/>
+      <c r="O84" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q84" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R84" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="S84" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="T84" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U84" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="V84" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="W84" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X84" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y84" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z84" s="3"/>
+      <c r="AA84" s="3"/>
+      <c r="AB84" s="17"/>
+    </row>
+    <row r="85" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F85" s="3">
+        <v>202</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="I85" s="3">
+        <v>201</v>
+      </c>
+      <c r="J85" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K85" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M85" s="3">
+        <v>83</v>
+      </c>
+      <c r="N85" s="9"/>
+      <c r="O85" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R85" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="S85" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="T85" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U85" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="V85" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="W85" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X85" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y85" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z85" s="3"/>
+      <c r="AA85" s="3"/>
+      <c r="AB85" s="17"/>
+    </row>
+    <row r="86" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F86" s="3">
+        <v>201</v>
+      </c>
+      <c r="G86" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="I86" s="3">
+        <v>201</v>
+      </c>
+      <c r="J86" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K86" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M86" s="3">
+        <v>84</v>
+      </c>
+      <c r="N86" s="9"/>
+      <c r="O86" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P86" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q86" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R86" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="S86" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="T86" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U86" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="V86" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="W86" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X86" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="Y86" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z86" s="3"/>
+      <c r="AA86" s="3"/>
+      <c r="AB86" s="17"/>
+    </row>
+    <row r="87" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F87" s="3">
+        <v>204</v>
+      </c>
+      <c r="G87" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="I87" s="3">
+        <v>201</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K87" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M87" s="3">
+        <v>85</v>
+      </c>
+      <c r="N87" s="9"/>
+      <c r="O87" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P87" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R87" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="S87" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="T87" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U87" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="V87" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W87" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X87" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y87" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z87" s="3"/>
+      <c r="AA87" s="3"/>
+      <c r="AB87" s="17"/>
+    </row>
+    <row r="88" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F88" s="3">
+        <v>201</v>
+      </c>
+      <c r="G88" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="I88" s="3">
+        <v>201</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K88" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M88" s="3">
+        <v>86</v>
+      </c>
+      <c r="N88" s="9"/>
+      <c r="O88" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P88" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q88" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R88" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="S88" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="T88" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U88" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="V88" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="W88" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X88" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y88" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z88" s="3"/>
+      <c r="AA88" s="3"/>
+      <c r="AB88" s="17"/>
+    </row>
+    <row r="89" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" s="3">
+        <v>202</v>
+      </c>
+      <c r="G89" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I89" s="3">
+        <v>201</v>
+      </c>
+      <c r="J89" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K89" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M89" s="3">
+        <v>87</v>
+      </c>
+      <c r="N89" s="9"/>
+      <c r="O89" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R89" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="S89" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T89" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U89" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="V89" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W89" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X89" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y89" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z89" s="3"/>
+      <c r="AA89" s="3"/>
+      <c r="AB89" s="17"/>
+    </row>
+    <row r="90" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F90" s="3">
+        <v>203</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I90" s="3">
+        <v>201</v>
+      </c>
+      <c r="J90" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K90" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M90" s="3">
+        <v>88</v>
+      </c>
+      <c r="N90" s="9"/>
+      <c r="O90" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R90" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="S90" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="T90" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U90" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="V90" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W90" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X90" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y90" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z90" s="3"/>
+      <c r="AA90" s="3"/>
+      <c r="AB90" s="17"/>
+    </row>
+    <row r="91" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F91" s="3">
+        <v>201</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="I91" s="3">
+        <v>201</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K91" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M91" s="3">
+        <v>89</v>
+      </c>
+      <c r="N91" s="9"/>
+      <c r="O91" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="P91" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q91" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R91" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="S91" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="T91" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U91" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="V91" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="W91" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X91" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="Y91" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="Z91" s="3"/>
+      <c r="AA91" s="3"/>
+      <c r="AB91" s="17"/>
+    </row>
+    <row r="92" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F92" s="3">
+        <v>201</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="I92" s="3">
+        <v>201</v>
+      </c>
+      <c r="J92" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K92" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M92" s="3">
+        <v>90</v>
+      </c>
+      <c r="N92" s="9"/>
+      <c r="O92" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R92" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="S92" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T92" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U92" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="V92" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="W92" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X92" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y92" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z92" s="3"/>
+      <c r="AA92" s="3"/>
+      <c r="AB92" s="17"/>
+    </row>
+    <row r="93" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F93" s="3">
+        <v>201</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="I93" s="3">
+        <v>201</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K93" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M93" s="3">
+        <v>91</v>
+      </c>
+      <c r="N93" s="9"/>
+      <c r="O93" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P93" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q93" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R93" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="S93" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T93" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U93" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="V93" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="W93" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X93" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y93" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z93" s="3"/>
+      <c r="AA93" s="3"/>
+      <c r="AB93" s="17"/>
+    </row>
+    <row r="94" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F94" s="3">
+        <v>201</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="I94" s="3">
+        <v>201</v>
+      </c>
+      <c r="J94" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K94" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M94" s="3">
+        <v>92</v>
+      </c>
+      <c r="N94" s="9"/>
+      <c r="O94" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="P94" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q94" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R94" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S94" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T94" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U94" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V94" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W94" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X94" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y94" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z94" s="3"/>
+      <c r="AA94" s="3"/>
+      <c r="AB94" s="17"/>
+    </row>
+    <row r="95" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F95" s="3">
+        <v>202</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="I95" s="3">
+        <v>201</v>
+      </c>
+      <c r="J95" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K95" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M95" s="3">
+        <v>93</v>
+      </c>
+      <c r="N95" s="9"/>
+      <c r="O95" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="P95" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q95" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R95" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="S95" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="T95" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U95" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="V95" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="W95" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X95" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y95" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z95" s="3"/>
+      <c r="AA95" s="3"/>
+      <c r="AB95" s="17"/>
+    </row>
+    <row r="96" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F96" s="3">
+        <v>201</v>
+      </c>
+      <c r="G96" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="I96" s="3">
+        <v>201</v>
+      </c>
+      <c r="J96" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K96" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M96" s="3">
+        <v>94</v>
+      </c>
+      <c r="N96" s="9"/>
+      <c r="O96" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R96" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S96" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T96" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U96" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V96" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W96" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X96" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y96" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z96" s="3"/>
+      <c r="AA96" s="3"/>
+      <c r="AB96" s="17"/>
+    </row>
+    <row r="97" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F97" s="3">
+        <v>201</v>
+      </c>
+      <c r="G97" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="I97" s="3">
+        <v>201</v>
+      </c>
+      <c r="J97" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K97" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M97" s="3">
+        <v>95</v>
+      </c>
+      <c r="N97" s="9"/>
+      <c r="O97" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P97" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q97" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R97" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S97" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T97" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U97" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V97" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W97" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X97" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y97" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z97" s="3"/>
+      <c r="AA97" s="3"/>
+      <c r="AB97" s="17"/>
+    </row>
+    <row r="98" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="AC2" s="1" t="s">
+      <c r="B98" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F98" s="3">
+        <v>202</v>
+      </c>
+      <c r="G98" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="I98" s="3">
+        <v>221</v>
+      </c>
+      <c r="J98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K98" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M98" s="3">
+        <v>96</v>
+      </c>
+      <c r="N98" s="9"/>
+      <c r="O98" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q98" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R98" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S98" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T98" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U98" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V98" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W98" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X98" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y98" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z98" s="3"/>
+      <c r="AA98" s="3"/>
+      <c r="AB98" s="17"/>
+    </row>
+    <row r="99" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F99" s="3">
+        <v>221</v>
+      </c>
+      <c r="G99" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I99" s="3">
+        <v>221</v>
+      </c>
+      <c r="J99" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K99" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M99" s="3">
+        <v>97</v>
+      </c>
+      <c r="N99" s="9"/>
+      <c r="O99" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P99" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R99" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S99" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T99" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U99" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V99" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W99" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X99" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y99" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z99" s="3"/>
+      <c r="AA99" s="3"/>
+      <c r="AB99" s="17"/>
+    </row>
+    <row r="100" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F100" s="3">
+        <v>203</v>
+      </c>
+      <c r="G100" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I100" s="3">
+        <v>221</v>
+      </c>
+      <c r="J100" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K100" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M100" s="3">
+        <v>98</v>
+      </c>
+      <c r="N100" s="9"/>
+      <c r="O100" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P100" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q100" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R100" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="S100" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T100" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U100" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="V100" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="W100" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X100" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Y100" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z100" s="3"/>
+      <c r="AA100" s="3"/>
+      <c r="AB100" s="17"/>
+    </row>
+    <row r="101" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F101" s="3">
+        <v>202</v>
+      </c>
+      <c r="G101" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I101" s="3">
+        <v>201</v>
+      </c>
+      <c r="J101" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K101" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M101" s="3">
+        <v>99</v>
+      </c>
+      <c r="N101" s="9"/>
+      <c r="O101" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P101" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R101" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="S101" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="T101" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U101" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="V101" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="W101" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X101" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y101" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z101" s="3"/>
+      <c r="AA101" s="3"/>
+      <c r="AB101" s="17"/>
+    </row>
+    <row r="102" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F102" s="3">
+        <v>204</v>
+      </c>
+      <c r="G102" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I102" s="3">
+        <v>201</v>
+      </c>
+      <c r="J102" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K102" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M102" s="3">
+        <v>100</v>
+      </c>
+      <c r="N102" s="9"/>
+      <c r="O102" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P102" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q102" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R102" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="S102" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="T102" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U102" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="V102" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="W102" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X102" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y102" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z102" s="3"/>
+      <c r="AA102" s="3"/>
+      <c r="AB102" s="17"/>
+    </row>
+    <row r="103" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F103" s="3">
+        <v>201</v>
+      </c>
+      <c r="G103" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I103" s="3">
+        <v>201</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K103" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M103" s="3">
+        <v>101</v>
+      </c>
+      <c r="N103" s="9"/>
+      <c r="O103" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P103" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q103" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R103" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="S103" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="T103" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U103" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="V103" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="W103" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X103" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y103" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="Z103" s="3"/>
+      <c r="AA103" s="3"/>
+      <c r="AB103" s="17"/>
+    </row>
+    <row r="104" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F104" s="3">
+        <v>203</v>
+      </c>
+      <c r="G104" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="I104" s="3">
+        <v>201</v>
+      </c>
+      <c r="J104" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K104" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M104" s="3">
+        <v>102</v>
+      </c>
+      <c r="N104" s="9"/>
+      <c r="O104" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P104" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q104" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R104" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="S104" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="T104" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U104" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="V104" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="W104" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X104" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y104" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="Z104" s="3"/>
+      <c r="AA104" s="3"/>
+      <c r="AB104" s="17"/>
+    </row>
+    <row r="105" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F105" s="3">
+        <v>201</v>
+      </c>
+      <c r="G105" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="I105" s="3">
+        <v>201</v>
+      </c>
+      <c r="J105" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K105" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M105" s="3">
+        <v>103</v>
+      </c>
+      <c r="N105" s="9"/>
+      <c r="O105" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P105" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R105" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="S105" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="T105" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U105" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V105" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W105" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X105" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y105" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="Z105" s="3"/>
+      <c r="AA105" s="3"/>
+      <c r="AB105" s="17"/>
+    </row>
+    <row r="106" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F106" s="3">
+        <v>201</v>
+      </c>
+      <c r="G106" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I106" s="3">
+        <v>201</v>
+      </c>
+      <c r="J106" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K106" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M106" s="3">
+        <v>104</v>
+      </c>
+      <c r="N106" s="9"/>
+      <c r="O106" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S106" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T106" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U106" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="V106" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="W106" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X106" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y106" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z106" s="3"/>
+      <c r="AA106" s="3"/>
+      <c r="AB106" s="17"/>
+    </row>
+    <row r="107" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F107" s="3">
+        <v>202</v>
+      </c>
+      <c r="G107" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="I107" s="3">
+        <v>201</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K107" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M107" s="3">
+        <v>105</v>
+      </c>
+      <c r="N107" s="9"/>
+      <c r="O107" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R107" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S107" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T107" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U107" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="V107" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="W107" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X107" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y107" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="Z107" s="3"/>
+      <c r="AA107" s="3"/>
+      <c r="AB107" s="17"/>
+    </row>
+    <row r="108" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F108" s="3">
+        <v>204</v>
+      </c>
+      <c r="G108" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I108" s="3">
+        <v>201</v>
+      </c>
+      <c r="J108" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K108" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M108" s="3">
+        <v>106</v>
+      </c>
+      <c r="N108" s="9"/>
+      <c r="O108" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P108" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q108" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R108" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S108" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T108" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U108" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="V108" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="W108" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X108" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="Y108" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="Z108" s="3"/>
+      <c r="AA108" s="3"/>
+      <c r="AB108" s="17"/>
+    </row>
+    <row r="109" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F109" s="3">
+        <v>203</v>
+      </c>
+      <c r="G109" s="16" t="s">
+        <v>150</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I109" s="3">
+        <v>201</v>
+      </c>
+      <c r="J109" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K109" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="L109" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M109" s="3">
+        <v>107</v>
+      </c>
+      <c r="N109" s="9"/>
+      <c r="O109" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P109" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q109" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R109" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S109" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="T109" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U109" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="V109" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="W109" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X109" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="Y109" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="Z109" s="3"/>
+      <c r="AA109" s="3"/>
+      <c r="AB109" s="17"/>
+    </row>
+    <row r="110" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F110" s="3">
+        <v>201</v>
+      </c>
+      <c r="G110" s="16" t="s">
+        <v>277</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="I110" s="3">
+        <v>201</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K110" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="L110" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M110" s="3">
+        <v>108</v>
+      </c>
+      <c r="N110" s="9"/>
+      <c r="O110" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R110" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S110" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T110" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U110" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V110" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W110" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X110" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y110" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z110" s="3"/>
+      <c r="AA110" s="3"/>
+      <c r="AB110" s="17"/>
+    </row>
+    <row r="111" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F111" s="3">
+        <v>202</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="I111" s="3">
+        <v>201</v>
+      </c>
+      <c r="J111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K111" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M111" s="3">
+        <v>109</v>
+      </c>
+      <c r="N111" s="9"/>
+      <c r="O111" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P111" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q111" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R111" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S111" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T111" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U111" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V111" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W111" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X111" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y111" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z111" s="3"/>
+      <c r="AA111" s="3"/>
+      <c r="AB111" s="17"/>
+    </row>
+    <row r="112" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F112" s="3">
+        <v>203</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="I112" s="3">
+        <v>201</v>
+      </c>
+      <c r="J112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K112" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="M112" s="3">
+        <v>110</v>
+      </c>
+      <c r="N112" s="9"/>
+      <c r="O112" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P112" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q112" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R112" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="S112" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="T112" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U112" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="V112" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="W112" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X112" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y112" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="Z112" s="3"/>
+      <c r="AA112" s="3"/>
+      <c r="AB112" s="17"/>
+    </row>
+    <row r="113" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F113" s="3">
+        <v>201</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I113" s="3">
+        <v>201</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K113" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M113" s="3">
+        <v>111</v>
+      </c>
+      <c r="N113" s="9"/>
+      <c r="O113" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P113" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q113" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R113" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="S113" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="T113" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U113" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="V113" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="W113" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X113" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="Y113" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="Z113" s="3"/>
+      <c r="AA113" s="3"/>
+      <c r="AB113" s="17"/>
+    </row>
+    <row r="114" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F114" s="3">
+        <v>203</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="I114" s="3">
+        <v>201</v>
+      </c>
+      <c r="J114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K114" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M114" s="3">
+        <v>112</v>
+      </c>
+      <c r="N114" s="9"/>
+      <c r="O114" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P114" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="T114" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U114" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="V114" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X114" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y114" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z114" s="3"/>
+      <c r="AA114" s="3"/>
+      <c r="AB114" s="17"/>
+    </row>
+    <row r="115" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F115" s="3">
+        <v>202</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I115" s="3">
+        <v>201</v>
+      </c>
+      <c r="J115" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K115" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M115" s="3">
+        <v>113</v>
+      </c>
+      <c r="N115" s="9"/>
+      <c r="O115" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P115" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="S115" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="T115" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U115" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="V115" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X115" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y115" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Z115" s="3"/>
+      <c r="AA115" s="3"/>
+      <c r="AB115" s="17"/>
+    </row>
+    <row r="116" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F116" s="3">
+        <v>201</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="I116" s="3">
+        <v>201</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K116" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M116" s="3">
+        <v>114</v>
+      </c>
+      <c r="N116" s="9"/>
+      <c r="O116" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="T116" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U116" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="V116" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X116" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y116" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z116" s="3"/>
+      <c r="AA116" s="3"/>
+      <c r="AB116" s="17"/>
+    </row>
+    <row r="117" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F117" s="3">
+        <v>202</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="I117" s="3">
+        <v>201</v>
+      </c>
+      <c r="J117" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K117" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M117" s="3">
+        <v>115</v>
+      </c>
+      <c r="N117" s="9"/>
+      <c r="O117" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="T117" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U117" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="V117" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X117" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Y117" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="Z117" s="3"/>
+      <c r="AA117" s="3"/>
+      <c r="AB117" s="17"/>
+    </row>
+    <row r="118" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F118" s="3">
+        <v>201</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I118" s="3">
+        <v>201</v>
+      </c>
+      <c r="J118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K118" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M118" s="3">
+        <v>116</v>
+      </c>
+      <c r="N118" s="9"/>
+      <c r="O118" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="T118" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U118" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="V118" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X118" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="Y118" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z118" s="3"/>
+      <c r="AA118" s="3"/>
+      <c r="AB118" s="17"/>
+    </row>
+    <row r="119" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F119" s="3">
+        <v>204</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="I119" s="3">
+        <v>201</v>
+      </c>
+      <c r="J119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K119" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M119" s="3">
+        <v>117</v>
+      </c>
+      <c r="N119" s="9"/>
+      <c r="O119" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="T119" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U119" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="V119" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X119" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y119" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z119" s="3"/>
+      <c r="AA119" s="3"/>
+      <c r="AB119" s="17"/>
+    </row>
+    <row r="120" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F120" s="3">
+        <v>201</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="I120" s="3">
+        <v>201</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K120" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M120" s="3">
+        <v>118</v>
+      </c>
+      <c r="N120" s="9"/>
+      <c r="O120" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="T120" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U120" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="V120" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X120" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y120" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z120" s="3"/>
+      <c r="AA120" s="3"/>
+      <c r="AB120" s="17"/>
+    </row>
+    <row r="121" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F121" s="3">
+        <v>202</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I121" s="3">
+        <v>201</v>
+      </c>
+      <c r="J121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K121" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M121" s="3">
+        <v>119</v>
+      </c>
+      <c r="N121" s="9"/>
+      <c r="O121" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="T121" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U121" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="V121" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X121" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y121" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z121" s="3"/>
+      <c r="AA121" s="3"/>
+      <c r="AB121" s="17"/>
+    </row>
+    <row r="122" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F122" s="3">
+        <v>203</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I122" s="3">
+        <v>201</v>
+      </c>
+      <c r="J122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K122" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M122" s="3">
+        <v>120</v>
+      </c>
+      <c r="N122" s="9"/>
+      <c r="O122" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="S122" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="T122" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U122" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="V122" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="W122" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X122" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y122" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z122" s="3"/>
+      <c r="AA122" s="3"/>
+      <c r="AB122" s="17"/>
+    </row>
+    <row r="123" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F123" s="3">
+        <v>201</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="I123" s="3">
+        <v>201</v>
+      </c>
+      <c r="J123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K123" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M123" s="3">
+        <v>121</v>
+      </c>
+      <c r="N123" s="9"/>
+      <c r="O123" s="18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="T123" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U123" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="V123" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="W123" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X123" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="Y123" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="Z123" s="3"/>
+      <c r="AA123" s="3"/>
+      <c r="AB123" s="17"/>
+    </row>
+    <row r="124" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F124" s="3">
+        <v>201</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="I124" s="3">
+        <v>201</v>
+      </c>
+      <c r="J124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K124" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M124" s="3">
+        <v>122</v>
+      </c>
+      <c r="N124" s="9"/>
+      <c r="O124" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R124" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="S124" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T124" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U124" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="V124" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="W124" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X124" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y124" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z124" s="3"/>
+      <c r="AA124" s="3"/>
+      <c r="AB124" s="17"/>
+    </row>
+    <row r="125" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F125" s="3">
+        <v>201</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="I125" s="3">
+        <v>201</v>
+      </c>
+      <c r="J125" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K125" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M125" s="3">
+        <v>123</v>
+      </c>
+      <c r="N125" s="9"/>
+      <c r="O125" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P125" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R125" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="S125" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T125" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U125" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="V125" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="W125" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X125" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y125" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z125" s="3"/>
+      <c r="AA125" s="3"/>
+      <c r="AB125" s="17"/>
+    </row>
+    <row r="126" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F126" s="3">
+        <v>201</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I126" s="3">
+        <v>201</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K126" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M126" s="3">
+        <v>124</v>
+      </c>
+      <c r="N126" s="9"/>
+      <c r="O126" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P126" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q126" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R126" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S126" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T126" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U126" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V126" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W126" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X126" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y126" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z126" s="3"/>
+      <c r="AA126" s="3"/>
+      <c r="AB126" s="17"/>
+    </row>
+    <row r="127" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F127" s="3">
+        <v>202</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="I127" s="3">
+        <v>201</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K127" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M127" s="3">
+        <v>125</v>
+      </c>
+      <c r="N127" s="9"/>
+      <c r="O127" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P127" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R127" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="S127" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="T127" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U127" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="V127" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="W127" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X127" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y127" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z127" s="3"/>
+      <c r="AA127" s="3"/>
+      <c r="AB127" s="17"/>
+    </row>
+    <row r="128" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F128" s="3">
+        <v>203</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="I128" s="3">
+        <v>201</v>
+      </c>
+      <c r="J128" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K128" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M128" s="3">
+        <v>126</v>
+      </c>
+      <c r="N128" s="9"/>
+      <c r="O128" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P128" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q128" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R128" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S128" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T128" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U128" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V128" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W128" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X128" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y128" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z128" s="3"/>
+      <c r="AA128" s="3"/>
+      <c r="AB128" s="17"/>
+    </row>
+    <row r="129" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F129" s="3">
+        <v>204</v>
+      </c>
+      <c r="G129" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I129" s="3">
+        <v>201</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K129" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M129" s="3">
+        <v>127</v>
+      </c>
+      <c r="N129" s="9"/>
+      <c r="O129" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P129" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q129" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R129" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="S129" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="T129" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U129" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="V129" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="W129" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X129" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="Y129" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Z129" s="3"/>
+      <c r="AA129" s="3"/>
+      <c r="AB129" s="17"/>
+    </row>
+    <row r="130" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="19" t="s">
         <v>26</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="26" t="s">
+      <c r="B130" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F130" s="3">
+        <v>211</v>
+      </c>
+      <c r="G130" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="I130" s="3">
+        <v>211</v>
+      </c>
+      <c r="J130" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M130" s="3">
+        <v>128</v>
+      </c>
+      <c r="N130" s="9"/>
+      <c r="O130" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P130" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q130" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R130" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S130" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T130" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U130" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="V130" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="W130" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X130" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="C3" s="26" t="s">
-[...20 lines deleted...]
-      <c r="J3" s="26" t="s">
+      <c r="Y130" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="Z130" s="3"/>
+      <c r="AA130" s="3"/>
+      <c r="AB130" s="17"/>
+    </row>
+    <row r="131" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F131" s="3">
+        <v>211</v>
+      </c>
+      <c r="G131" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="I131" s="3">
+        <v>211</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K131" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M131" s="3">
+        <v>129</v>
+      </c>
+      <c r="N131" s="9"/>
+      <c r="O131" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="K3" s="29" t="s">
-[...9 lines deleted...]
-      <c r="O3" s="30" t="s">
+      <c r="P131" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q131" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R131" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S131" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T131" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U131" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="V131" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="W131" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X131" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="Y131" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="Z131" s="3"/>
+      <c r="AA131" s="3"/>
+      <c r="AB131" s="17"/>
+    </row>
+    <row r="132" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="19" t="s">
+        <v>638</v>
+      </c>
+      <c r="B132" s="20"/>
+      <c r="C132" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E132" s="16" t="s">
+        <v>639</v>
+      </c>
+      <c r="F132" s="3">
+        <v>201</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H132" s="16" t="s">
+        <v>640</v>
+      </c>
+      <c r="I132" s="3">
+        <v>202</v>
+      </c>
+      <c r="J132" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K132" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M132" s="3">
+        <v>130</v>
+      </c>
+      <c r="N132" s="9"/>
+      <c r="O132" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P132" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q132" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R132" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="S132" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="T132" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U132" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V132" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="W132" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X132" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="Y132" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="P3" s="31" t="s">
-[...38 lines deleted...]
-      <c r="B4" s="5" t="s">
+      <c r="Z132" s="3"/>
+      <c r="AA132" s="3"/>
+      <c r="AB132" s="17"/>
+    </row>
+    <row r="133" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="19" t="s">
+        <v>638</v>
+      </c>
+      <c r="B133" s="20"/>
+      <c r="C133" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E133" s="16" t="s">
+        <v>639</v>
+      </c>
+      <c r="F133" s="3">
+        <v>201</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H133" s="16" t="s">
+        <v>640</v>
+      </c>
+      <c r="I133" s="3">
+        <v>201</v>
+      </c>
+      <c r="J133" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K133" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M133" s="3">
+        <v>131</v>
+      </c>
+      <c r="N133" s="9"/>
+      <c r="O133" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P133" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R133" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="S133" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="T133" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U133" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V133" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="W133" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X133" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="Y133" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z133" s="3"/>
+      <c r="AA133" s="3"/>
+      <c r="AB133" s="17"/>
+    </row>
+    <row r="134" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B134" s="3"/>
+      <c r="C134" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F134" s="3">
+        <v>201</v>
+      </c>
+      <c r="G134" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="I134" s="3">
+        <v>201</v>
+      </c>
+      <c r="J134" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K134" s="21" t="s">
+        <v>684</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M134" s="3">
+        <v>132</v>
+      </c>
+      <c r="N134" s="9"/>
+      <c r="O134" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P134" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q134" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R134" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="S134" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T134" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U134" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="V134" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="W134" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X134" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="Y134" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z134" s="3"/>
+      <c r="AA134" s="3"/>
+      <c r="AB134" s="17"/>
+    </row>
+    <row r="135" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B135" s="3"/>
+      <c r="C135" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F135" s="3">
+        <v>201</v>
+      </c>
+      <c r="G135" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="I135" s="3">
+        <v>201</v>
+      </c>
+      <c r="J135" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K135" s="21" t="s">
+        <v>685</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M135" s="3">
+        <v>133</v>
+      </c>
+      <c r="N135" s="9"/>
+      <c r="O135" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P135" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R135" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="S135" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="T135" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U135" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="V135" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="W135" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X135" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y135" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z135" s="3"/>
+      <c r="AA135" s="3"/>
+      <c r="AB135" s="17"/>
+    </row>
+    <row r="136" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B136" s="3"/>
+      <c r="C136" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F136" s="3">
+        <v>201</v>
+      </c>
+      <c r="G136" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="I136" s="3">
+        <v>201</v>
+      </c>
+      <c r="J136" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K136" s="21" t="s">
+        <v>686</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M136" s="3">
+        <v>134</v>
+      </c>
+      <c r="N136" s="9"/>
+      <c r="O136" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P136" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q136" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R136" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="S136" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="T136" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U136" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V136" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="W136" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X136" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="Y136" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="Z136" s="3"/>
+      <c r="AA136" s="3"/>
+      <c r="AB136" s="17"/>
+    </row>
+    <row r="137" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B137" s="3"/>
+      <c r="C137" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F137" s="3">
+        <v>201</v>
+      </c>
+      <c r="G137" s="16" t="s">
+        <v>511</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="I137" s="3">
+        <v>201</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K137" s="21" t="s">
+        <v>687</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M137" s="3">
+        <v>135</v>
+      </c>
+      <c r="N137" s="9"/>
+      <c r="O137" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P137" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R137" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="S137" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="T137" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U137" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V137" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="W137" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X137" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y137" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z137" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA137" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB137" s="17" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="138" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B138" s="3"/>
+      <c r="C138" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="F138" s="3"/>
+      <c r="G138" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="I138" s="3">
+        <v>201</v>
+      </c>
+      <c r="J138" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K138" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M138" s="3">
+        <v>136</v>
+      </c>
+      <c r="N138" s="9"/>
+      <c r="O138" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P138" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q138" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R138" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="S138" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="T138" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U138" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="V138" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="W138" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X138" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="Y138" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z138" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA138" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB138" s="17" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="139" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B139" s="3"/>
+      <c r="C139" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F139" s="3">
+        <v>201</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="I139" s="3">
+        <v>201</v>
+      </c>
+      <c r="J139" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K139" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M139" s="3">
+        <v>137</v>
+      </c>
+      <c r="N139" s="9"/>
+      <c r="O139" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P139" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q139" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R139" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="S139" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T139" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U139" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="V139" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="W139" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X139" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="Y139" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z139" s="3"/>
+      <c r="AA139" s="3"/>
+      <c r="AB139" s="17"/>
+    </row>
+    <row r="140" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B140" s="3"/>
+      <c r="C140" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F140" s="3">
+        <v>201</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="I140" s="3">
+        <v>201</v>
+      </c>
+      <c r="J140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K140" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M140" s="3">
+        <v>138</v>
+      </c>
+      <c r="N140" s="9"/>
+      <c r="O140" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P140" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q140" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R140" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="S140" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="T140" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U140" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="V140" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="W140" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X140" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y140" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z140" s="3"/>
+      <c r="AA140" s="3"/>
+      <c r="AB140" s="17"/>
+    </row>
+    <row r="141" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B141" s="3"/>
+      <c r="C141" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F141" s="3">
+        <v>201</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="I141" s="3">
+        <v>201</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K141" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M141" s="3">
+        <v>139</v>
+      </c>
+      <c r="N141" s="9"/>
+      <c r="O141" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P141" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q141" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R141" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="S141" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="T141" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U141" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V141" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="W141" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X141" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="Y141" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="Z141" s="3"/>
+      <c r="AA141" s="3"/>
+      <c r="AB141" s="17"/>
+    </row>
+    <row r="142" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B142" s="3"/>
+      <c r="C142" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F142" s="3">
+        <v>201</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="I142" s="3">
+        <v>201</v>
+      </c>
+      <c r="J142" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K142" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="L142" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M142" s="3">
+        <v>140</v>
+      </c>
+      <c r="N142" s="9"/>
+      <c r="O142" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P142" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q142" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R142" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="S142" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="T142" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U142" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="V142" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="W142" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X142" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y142" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z142" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA142" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB142" s="17" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="143" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B143" s="3"/>
+      <c r="C143" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F143" s="3">
+        <v>201</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="I143" s="3">
+        <v>201</v>
+      </c>
+      <c r="J143" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K143" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M143" s="3">
+        <v>141</v>
+      </c>
+      <c r="N143" s="9"/>
+      <c r="O143" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P143" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q143" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R143" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="S143" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="T143" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U143" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="V143" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="W143" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X143" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y143" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="Z143" s="3"/>
+      <c r="AA143" s="3"/>
+      <c r="AB143" s="17"/>
+    </row>
+    <row r="144" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B144" s="3"/>
+      <c r="C144" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F144" s="3"/>
+      <c r="G144" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="I144" s="3">
+        <v>201</v>
+      </c>
+      <c r="J144" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K144" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M144" s="3">
+        <v>142</v>
+      </c>
+      <c r="N144" s="9"/>
+      <c r="O144" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P144" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q144" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R144" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="S144" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="T144" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U144" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="V144" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="W144" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X144" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="Y144" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z144" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA144" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="AB144" s="17" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="145" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B145" s="3"/>
+      <c r="C145" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F145" s="3">
+        <v>999</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="I145" s="3">
+        <v>999</v>
+      </c>
+      <c r="J145" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K145" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M145" s="3">
+        <v>143</v>
+      </c>
+      <c r="N145" s="9"/>
+      <c r="O145" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P145" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q145" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R145" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="S145" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="T145" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U145" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="V145" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="W145" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X145" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="Y145" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z145" s="3"/>
+      <c r="AA145" s="3"/>
+      <c r="AB145" s="17"/>
+    </row>
+    <row r="146" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B146" s="3"/>
+      <c r="C146" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F146" s="3">
+        <v>999</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="I146" s="3">
+        <v>999</v>
+      </c>
+      <c r="J146" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K146" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M146" s="3">
+        <v>144</v>
+      </c>
+      <c r="N146" s="9"/>
+      <c r="O146" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P146" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q146" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R146" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="S146" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="T146" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U146" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="V146" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="W146" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X146" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="Y146" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z146" s="3"/>
+      <c r="AA146" s="3"/>
+      <c r="AB146" s="17"/>
+    </row>
+    <row r="147" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B147" s="3"/>
+      <c r="C147" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F147" s="3">
+        <v>221</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="I147" s="3">
+        <v>221</v>
+      </c>
+      <c r="J147" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K147" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M147" s="3">
+        <v>145</v>
+      </c>
+      <c r="N147" s="9"/>
+      <c r="O147" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P147" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q147" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R147" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S147" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T147" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U147" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="V147" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...14 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="W147" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X147" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="Y147" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="Z147" s="3"/>
+      <c r="AA147" s="3"/>
+      <c r="AB147" s="17"/>
+    </row>
+    <row r="148" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B148" s="3"/>
+      <c r="C148" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F148" s="3">
+        <v>211</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="I148" s="3">
+        <v>211</v>
+      </c>
+      <c r="J148" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K148" s="21" t="s">
+        <v>553</v>
+      </c>
+      <c r="L148" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M148" s="3">
+        <v>146</v>
+      </c>
+      <c r="N148" s="9"/>
+      <c r="O148" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P148" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q148" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R148" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S148" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T148" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U148" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="V148" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="W148" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X148" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="Y148" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="Z148" s="3"/>
+      <c r="AA148" s="3"/>
+      <c r="AB148" s="17"/>
+    </row>
+    <row r="149" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B149" s="3"/>
+      <c r="C149" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F149" s="3">
+        <v>201</v>
+      </c>
+      <c r="G149" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="I149" s="3">
+        <v>201</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K149" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="L149" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M149" s="3">
+        <v>147</v>
+      </c>
+      <c r="N149" s="9"/>
+      <c r="O149" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P149" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q149" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R149" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S149" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T149" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U149" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V149" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W149" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X149" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y149" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z149" s="3"/>
+      <c r="AA149" s="3"/>
+      <c r="AB149" s="17"/>
+    </row>
+    <row r="150" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B150" s="3"/>
+      <c r="C150" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F150" s="3">
+        <v>201</v>
+      </c>
+      <c r="G150" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="I150" s="3">
+        <v>201</v>
+      </c>
+      <c r="J150" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K150" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="L150" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M150" s="3">
+        <v>148</v>
+      </c>
+      <c r="N150" s="9"/>
+      <c r="O150" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P150" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q150" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R150" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S150" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T150" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U150" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V150" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W150" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X150" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y150" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z150" s="3"/>
+      <c r="AA150" s="3"/>
+      <c r="AB150" s="17"/>
+    </row>
+    <row r="151" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B151" s="3"/>
+      <c r="C151" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="F151" s="3">
+        <v>201</v>
+      </c>
+      <c r="G151" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="I151" s="3">
+        <v>201</v>
+      </c>
+      <c r="J151" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K151" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M151" s="3">
+        <v>149</v>
+      </c>
+      <c r="N151" s="9"/>
+      <c r="O151" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P151" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q151" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R151" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S151" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T151" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U151" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V151" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W151" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X151" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y151" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z151" s="3"/>
+      <c r="AA151" s="3"/>
+      <c r="AB151" s="17"/>
+    </row>
+    <row r="152" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B152" s="3"/>
+      <c r="C152" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F152" s="3">
+        <v>201</v>
+      </c>
+      <c r="G152" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="I152" s="3">
+        <v>201</v>
+      </c>
+      <c r="J152" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K152" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M152" s="3">
+        <v>150</v>
+      </c>
+      <c r="N152" s="9"/>
+      <c r="O152" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P152" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q152" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R152" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S152" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T152" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U152" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V152" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W152" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X152" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y152" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z152" s="3"/>
+      <c r="AA152" s="3"/>
+      <c r="AB152" s="17"/>
+    </row>
+    <row r="153" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B153" s="3"/>
+      <c r="C153" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F153" s="3">
+        <v>201</v>
+      </c>
+      <c r="G153" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="I153" s="3">
+        <v>201</v>
+      </c>
+      <c r="J153" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K153" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M153" s="3">
+        <v>151</v>
+      </c>
+      <c r="N153" s="9"/>
+      <c r="O153" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P153" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R153" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S153" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T153" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U153" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V153" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W153" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X153" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y153" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z153" s="3"/>
+      <c r="AA153" s="3"/>
+      <c r="AB153" s="17"/>
+    </row>
+    <row r="154" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B154" s="3"/>
+      <c r="C154" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F154" s="3">
+        <v>201</v>
+      </c>
+      <c r="G154" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="I154" s="3">
+        <v>201</v>
+      </c>
+      <c r="J154" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K154" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M154" s="3">
+        <v>152</v>
+      </c>
+      <c r="N154" s="9"/>
+      <c r="O154" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P154" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q154" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R154" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S154" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T154" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U154" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V154" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W154" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X154" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y154" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z154" s="3"/>
+      <c r="AA154" s="3"/>
+      <c r="AB154" s="17"/>
+    </row>
+    <row r="155" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B155" s="3"/>
+      <c r="C155" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F155" s="3">
+        <v>201</v>
+      </c>
+      <c r="G155" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="I155" s="3">
+        <v>201</v>
+      </c>
+      <c r="J155" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K155" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M155" s="3">
+        <v>153</v>
+      </c>
+      <c r="N155" s="9"/>
+      <c r="O155" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P155" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q155" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R155" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S155" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T155" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U155" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V155" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W155" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X155" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y155" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z155" s="3"/>
+      <c r="AA155" s="3"/>
+      <c r="AB155" s="17"/>
+    </row>
+    <row r="156" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B156" s="3"/>
+      <c r="C156" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="F156" s="3">
+        <v>201</v>
+      </c>
+      <c r="G156" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="I156" s="3">
+        <v>201</v>
+      </c>
+      <c r="J156" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K156" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M156" s="3">
+        <v>154</v>
+      </c>
+      <c r="N156" s="9"/>
+      <c r="O156" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P156" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q156" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R156" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S156" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T156" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U156" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="V156" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="W156" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X156" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y156" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z156" s="3"/>
+      <c r="AA156" s="3"/>
+      <c r="AB156" s="17"/>
+    </row>
+    <row r="157" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B157" s="3"/>
+      <c r="C157" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F157" s="3">
+        <v>201</v>
+      </c>
+      <c r="G157" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="I157" s="3">
+        <v>201</v>
+      </c>
+      <c r="J157" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K157" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M157" s="3">
+        <v>155</v>
+      </c>
+      <c r="N157" s="9"/>
+      <c r="O157" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P157" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q157" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R157" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="S157" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="T157" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U157" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="V157" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="W157" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X157" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y157" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z157" s="3"/>
+      <c r="AA157" s="3"/>
+      <c r="AB157" s="17"/>
+    </row>
+    <row r="158" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B158" s="3"/>
+      <c r="C158" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="F158" s="3">
+        <v>999</v>
+      </c>
+      <c r="G158" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="I158" s="3">
+        <v>999</v>
+      </c>
+      <c r="J158" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K158" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="L158" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M158" s="3">
+        <v>156</v>
+      </c>
+      <c r="N158" s="9"/>
+      <c r="O158" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P158" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q158" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R158" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="S158" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T158" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U158" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="I4" s="5">
-[...2 lines deleted...]
-      <c r="J4" s="5" t="s">
+      <c r="V158" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W158" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X158" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="Y158" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z158" s="3"/>
+      <c r="AA158" s="3"/>
+      <c r="AB158" s="17"/>
+    </row>
+    <row r="159" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B159" s="3"/>
+      <c r="C159" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F159" s="3">
+        <v>999</v>
+      </c>
+      <c r="G159" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="I159" s="3">
+        <v>999</v>
+      </c>
+      <c r="J159" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K159" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M159" s="3">
+        <v>157</v>
+      </c>
+      <c r="N159" s="9"/>
+      <c r="O159" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="12" t="s">
+      <c r="P159" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R159" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="S159" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="T159" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U159" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V159" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="L4" s="5" t="s">
-[...72 lines deleted...]
-      <c r="J5" s="5" t="s">
+      <c r="W159" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X159" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="Y159" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z159" s="3"/>
+      <c r="AA159" s="3"/>
+      <c r="AB159" s="17"/>
+    </row>
+    <row r="160" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B160" s="3"/>
+      <c r="C160" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F160" s="3">
+        <v>201</v>
+      </c>
+      <c r="G160" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="I160" s="3">
+        <v>201</v>
+      </c>
+      <c r="J160" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K160" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M160" s="3">
+        <v>158</v>
+      </c>
+      <c r="N160" s="9"/>
+      <c r="O160" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="K5" s="12" t="s">
-[...77 lines deleted...]
-      <c r="J6" s="5" t="s">
+      <c r="P160" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q160" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R160" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S160" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T160" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U160" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V160" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W160" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X160" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y160" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z160" s="3"/>
+      <c r="AA160" s="3"/>
+      <c r="AB160" s="17"/>
+    </row>
+    <row r="161" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B161" s="3"/>
+      <c r="C161" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F161" s="3">
+        <v>201</v>
+      </c>
+      <c r="G161" s="16" t="s">
+        <v>555</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="I161" s="3">
+        <v>201</v>
+      </c>
+      <c r="J161" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K161" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M161" s="3">
+        <v>159</v>
+      </c>
+      <c r="N161" s="9"/>
+      <c r="O161" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="K6" s="12" t="s">
-[...36 lines deleted...]
-      <c r="X6" s="16" t="s">
+      <c r="P161" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q161" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R161" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S161" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T161" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U161" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V161" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W161" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X161" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y161" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z161" s="3"/>
+      <c r="AA161" s="3"/>
+      <c r="AB161" s="17"/>
+    </row>
+    <row r="162" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B162" s="3"/>
+      <c r="C162" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F162" s="3">
+        <v>201</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="I162" s="3">
+        <v>201</v>
+      </c>
+      <c r="J162" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K162" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M162" s="3">
+        <v>160</v>
+      </c>
+      <c r="N162" s="9"/>
+      <c r="O162" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P162" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q162" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R162" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S162" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T162" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U162" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V162" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W162" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X162" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y162" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z162" s="3"/>
+      <c r="AA162" s="3"/>
+      <c r="AB162" s="17"/>
+    </row>
+    <row r="163" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B163" s="3"/>
+      <c r="C163" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="F163" s="3">
+        <v>201</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="I163" s="3">
+        <v>201</v>
+      </c>
+      <c r="J163" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K163" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="L163" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M163" s="3">
+        <v>161</v>
+      </c>
+      <c r="N163" s="9"/>
+      <c r="O163" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P163" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q163" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R163" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S163" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T163" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U163" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V163" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W163" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X163" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y163" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z163" s="3"/>
+      <c r="AA163" s="3"/>
+      <c r="AB163" s="17"/>
+    </row>
+    <row r="164" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B164" s="3"/>
+      <c r="C164" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F164" s="3">
+        <v>201</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="I164" s="3">
+        <v>201</v>
+      </c>
+      <c r="J164" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K164" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M164" s="3">
+        <v>162</v>
+      </c>
+      <c r="N164" s="9"/>
+      <c r="O164" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P164" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q164" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R164" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S164" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T164" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U164" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V164" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W164" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X164" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y164" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z164" s="3"/>
+      <c r="AA164" s="3"/>
+      <c r="AB164" s="17"/>
+    </row>
+    <row r="165" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B165" s="3"/>
+      <c r="C165" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="F165" s="3">
+        <v>201</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="I165" s="3">
+        <v>201</v>
+      </c>
+      <c r="J165" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K165" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M165" s="3">
+        <v>163</v>
+      </c>
+      <c r="N165" s="9"/>
+      <c r="O165" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P165" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q165" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R165" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S165" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T165" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U165" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V165" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W165" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X165" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y165" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z165" s="3"/>
+      <c r="AA165" s="3"/>
+      <c r="AB165" s="17"/>
+    </row>
+    <row r="166" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B166" s="3"/>
+      <c r="C166" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F166" s="3">
+        <v>201</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="I166" s="3">
+        <v>201</v>
+      </c>
+      <c r="J166" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K166" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M166" s="3">
+        <v>164</v>
+      </c>
+      <c r="N166" s="9"/>
+      <c r="O166" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P166" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q166" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R166" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="S166" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="T166" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U166" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="V166" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="W166" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X166" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="Y6" s="16" t="s">
+      <c r="Y166" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="Z6" s="5"/>
-[...34 lines deleted...]
-      <c r="J7" s="5" t="s">
+      <c r="Z166" s="3"/>
+      <c r="AA166" s="3"/>
+      <c r="AB166" s="17"/>
+    </row>
+    <row r="167" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B167" s="3"/>
+      <c r="C167" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="F167" s="3">
+        <v>201</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="I167" s="3">
+        <v>201</v>
+      </c>
+      <c r="J167" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K167" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M167" s="3">
+        <v>165</v>
+      </c>
+      <c r="N167" s="9"/>
+      <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="K7" s="12" t="s">
-[...68 lines deleted...]
-      <c r="G8" s="2" t="s">
+      <c r="P167" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q167" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R167" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S167" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T167" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U167" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V167" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W167" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X167" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y167" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z167" s="3"/>
+      <c r="AA167" s="3"/>
+      <c r="AB167" s="17"/>
+    </row>
+    <row r="168" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B168" s="3"/>
+      <c r="C168" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="F168" s="3">
+        <v>201</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="I168" s="3">
+        <v>201</v>
+      </c>
+      <c r="J168" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="2">
+      <c r="K168" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="L168" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M168" s="3">
+        <v>166</v>
+      </c>
+      <c r="N168" s="9"/>
+      <c r="O168" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P168" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q168" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R168" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S168" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="T168" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U168" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V168" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W168" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X168" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y168" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z168" s="3"/>
+      <c r="AA168" s="3"/>
+      <c r="AB168" s="17"/>
+    </row>
+    <row r="169" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B169" s="3"/>
+      <c r="C169" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D169" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="F169" s="3">
+        <v>201</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="I169" s="3">
+        <v>201</v>
+      </c>
+      <c r="J169" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K169" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M169" s="3">
+        <v>167</v>
+      </c>
+      <c r="N169" s="9"/>
+      <c r="O169" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="P169" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q169" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R169" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S169" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="T169" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U169" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V169" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W169" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X169" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y169" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z169" s="3"/>
+      <c r="AA169" s="3"/>
+      <c r="AB169" s="17"/>
+    </row>
+    <row r="170" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B170" s="3"/>
+      <c r="C170" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D170" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F170" s="3">
+        <v>201</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="I170" s="3">
+        <v>201</v>
+      </c>
+      <c r="J170" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K170" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="L170" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M170" s="3">
+        <v>168</v>
+      </c>
+      <c r="N170" s="9"/>
+      <c r="O170" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P170" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q170" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R170" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S170" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="T170" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U170" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V170" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W170" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X170" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y170" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z170" s="3"/>
+      <c r="AA170" s="3"/>
+      <c r="AB170" s="17"/>
+    </row>
+    <row r="171" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B171" s="3"/>
+      <c r="C171" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D171" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="F171" s="3">
+        <v>201</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="I171" s="3">
+        <v>201</v>
+      </c>
+      <c r="J171" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K171" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M171" s="3">
+        <v>169</v>
+      </c>
+      <c r="N171" s="9"/>
+      <c r="O171" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P171" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q171" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R171" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S171" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="T171" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U171" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V171" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W171" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X171" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y171" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z171" s="3"/>
+      <c r="AA171" s="3"/>
+      <c r="AB171" s="17"/>
+    </row>
+    <row r="172" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B172" s="3"/>
+      <c r="C172" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="F172" s="3">
+        <v>201</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="I172" s="3">
+        <v>201</v>
+      </c>
+      <c r="J172" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K172" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="L172" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M172" s="3">
+        <v>170</v>
+      </c>
+      <c r="N172" s="9"/>
+      <c r="O172" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P172" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q172" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R172" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="S172" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="T172" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U172" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="V172" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W172" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X172" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Y172" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="Z172" s="3"/>
+      <c r="AA172" s="3"/>
+      <c r="AB172" s="17"/>
+    </row>
+    <row r="173" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B173" s="3"/>
+      <c r="C173" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="F173" s="3">
+        <v>201</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H173" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="I173" s="3">
+        <v>201</v>
+      </c>
+      <c r="J173" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K173" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="L173" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M173" s="3">
+        <v>171</v>
+      </c>
+      <c r="N173" s="9"/>
+      <c r="O173" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P173" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q173" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R173" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="S173" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="T173" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U173" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="V173" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="W173" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X173" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y173" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z173" s="3"/>
+      <c r="AA173" s="3"/>
+      <c r="AB173" s="17"/>
+    </row>
+    <row r="174" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B174" s="3"/>
+      <c r="C174" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="F174" s="3">
+        <v>201</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H174" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="I174" s="3">
+        <v>201</v>
+      </c>
+      <c r="J174" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K174" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="L174" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M174" s="3">
+        <v>172</v>
+      </c>
+      <c r="N174" s="9"/>
+      <c r="O174" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P174" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q174" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R174" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S174" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="T174" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U174" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V174" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W174" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X174" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y174" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z174" s="3"/>
+      <c r="AA174" s="3"/>
+      <c r="AB174" s="17"/>
+    </row>
+    <row r="175" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B175" s="3"/>
+      <c r="C175" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="F175" s="3">
+        <v>201</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="I175" s="3">
+        <v>201</v>
+      </c>
+      <c r="J175" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K175" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="L175" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M175" s="3">
+        <v>173</v>
+      </c>
+      <c r="N175" s="9"/>
+      <c r="O175" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P175" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q175" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R175" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="S175" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="T175" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U175" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="V175" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="W175" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="X175" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y175" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z175" s="3"/>
+      <c r="AA175" s="3"/>
+      <c r="AB175" s="17"/>
+    </row>
+    <row r="176" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B176" s="3"/>
+      <c r="C176" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D176" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="F176" s="3">
+        <v>999</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="I176" s="3">
+        <v>999</v>
+      </c>
+      <c r="J176" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K176" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="L176" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M176" s="3">
+        <v>174</v>
+      </c>
+      <c r="N176" s="9"/>
+      <c r="O176" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P176" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q176" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R176" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="S176" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="T176" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="U176" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="V176" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="W176" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X176" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y176" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z176" s="3"/>
+      <c r="AA176" s="3"/>
+      <c r="AB176" s="17"/>
+    </row>
+    <row r="177" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B177" s="3"/>
+      <c r="C177" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D177" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="F177" s="3">
         <v>221</v>
       </c>
-      <c r="J8" s="2" t="s">
-[...69 lines deleted...]
-      <c r="G9" s="2" t="s">
+      <c r="G177" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="I177" s="3">
+        <v>221</v>
+      </c>
+      <c r="J177" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...75 lines deleted...]
-      <c r="G10" s="2" t="s">
+      <c r="K177" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M177" s="3">
+        <v>175</v>
+      </c>
+      <c r="N177" s="9"/>
+      <c r="O177" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P177" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="R177" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="S177" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="T177" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U177" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="V177" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="W177" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X177" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="Y177" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Z177" s="3"/>
+      <c r="AA177" s="3"/>
+      <c r="AB177" s="17"/>
+    </row>
+    <row r="178" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B178" s="3"/>
+      <c r="C178" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D178" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="F178" s="3">
+        <v>201</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="I178" s="3">
+        <v>201</v>
+      </c>
+      <c r="J178" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H10" s="2" t="s">
-[...75 lines deleted...]
-      <c r="G11" s="2" t="s">
+      <c r="K178" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M178" s="3">
+        <v>176</v>
+      </c>
+      <c r="N178" s="9"/>
+      <c r="O178" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P178" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q178" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R178" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="S178" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="T178" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U178" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="V178" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="W178" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="H11" s="2" t="s">
-[...549 lines deleted...]
-      <c r="G18" s="2" t="s">
+      <c r="X178" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y178" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z178" s="3"/>
+      <c r="AA178" s="3"/>
+      <c r="AB178" s="17"/>
+    </row>
+    <row r="179" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B179" s="3"/>
+      <c r="C179" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D179" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F179" s="3">
+        <v>231</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="I179" s="3">
+        <v>231</v>
+      </c>
+      <c r="J179" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="K179" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M179" s="3">
+        <v>177</v>
+      </c>
+      <c r="N179" s="9"/>
+      <c r="O179" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P179" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q179" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R179" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="S179" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="T179" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U179" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="V179" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="W179" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X179" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="Y179" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="Z179" s="3"/>
+      <c r="AA179" s="3"/>
+      <c r="AB179" s="3"/>
+    </row>
+    <row r="180" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B180" s="3"/>
+      <c r="C180" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="F180" s="3">
+        <v>211</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="I180" s="3">
+        <v>211</v>
+      </c>
+      <c r="J180" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H18" s="2" t="s">
-[...77 lines deleted...]
-      <c r="G19" s="2" t="s">
+      <c r="K180" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="L180" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="M180" s="3">
+        <v>178</v>
+      </c>
+      <c r="N180" s="9"/>
+      <c r="O180" s="9" t="s">
+        <v>126</v>
+      </c>
+      <c r="P180" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q180" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="R180" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="S180" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="T180" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="U180" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="V180" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="W180" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X180" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="Y180" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="Z180" s="3"/>
+      <c r="AA180" s="3"/>
+      <c r="AB180" s="3"/>
+    </row>
+    <row r="181" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B181" s="24" t="s">
+        <v>508</v>
+      </c>
+      <c r="C181" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D181" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="E181" s="24" t="s">
+        <v>270</v>
+      </c>
+      <c r="F181" s="24">
+        <v>201</v>
+      </c>
+      <c r="G181" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="H181" s="24" t="s">
+        <v>718</v>
+      </c>
+      <c r="I181" s="24">
+        <v>201</v>
+      </c>
+      <c r="J181" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="H19" s="2" t="s">
-[...77 lines deleted...]
-      <c r="G20" s="2" t="s">
+      <c r="K181" s="24" t="s">
+        <v>719</v>
+      </c>
+      <c r="L181" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="M181" s="24">
+        <v>180</v>
+      </c>
+      <c r="N181" s="26"/>
+      <c r="O181" s="26" t="s">
+        <v>126</v>
+      </c>
+      <c r="P181" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q181" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="R181" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="S181" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="T181" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="U181" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="V181" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="W181" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="X181" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y181" s="24" t="s">
+        <v>256</v>
+      </c>
+      <c r="Z181" s="24"/>
+      <c r="AA181" s="24"/>
+      <c r="AB181" s="24"/>
+    </row>
+    <row r="182" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="B182" s="24" t="s">
+        <v>507</v>
+      </c>
+      <c r="C182" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D182" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="E182" s="24" t="s">
+        <v>247</v>
+      </c>
+      <c r="F182" s="24">
+        <v>201</v>
+      </c>
+      <c r="G182" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="H182" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="I182" s="24">
+        <v>201</v>
+      </c>
+      <c r="J182" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="H20" s="2" t="s">
-[...257 lines deleted...]
-      <c r="M23" s="2">
+      <c r="K182" s="24" t="s">
+        <v>720</v>
+      </c>
+      <c r="L182" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="M182" s="24">
+        <v>179</v>
+      </c>
+      <c r="N182" s="26"/>
+      <c r="O182" s="26" t="s">
         <v>126</v>
       </c>
-      <c r="N23" s="4"/>
-[...967 lines deleted...]
-      <c r="V35" s="16" t="s">
+      <c r="P182" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q182" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="R182" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="S182" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="T182" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="U182" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="V182" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="W182" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="X182" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y182" s="24" t="s">
         <v>672</v>
       </c>
-      <c r="W35" s="16" t="s">
-[...11380 lines deleted...]
-      <c r="AC180" s="11"/>
+      <c r="Z182" s="24"/>
+      <c r="AA182" s="24"/>
+      <c r="AB182" s="27"/>
     </row>
   </sheetData>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z3:Z180">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z134:Z182 Z3:Z32 Z35:Z131">
       <formula1>"Madame,Monsieur"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="Q52:Q66 Q11 W3:W11 Q87:Q129 T16 W27:W129 Q69:Q71 Q73 Q75:Q76 Q78:Q82 Q84:Q85 Q27:Q50 Q3:Q9 T3:T11 T27:T129 T157 T166 T173">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="Q52:Q66 Q11 W3:W11 Q87:Q129 T16 Q27:Q50 Q69:Q71 Q73 Q75:Q76 Q78:Q82 Q84:Q85 Z33:Z34 Q3:Q9 T3:T11 T27:T129 T157 T166 T173 Q181 T181:T182 W181:W182 W27:W129">
       <formula1>"Madame,Monsieur"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{3A4CF648-6AED-40f4-86FF-DC5316D8AED3}">
       <x14:slicerList xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
-        <x14:slicer r:id="rId3"/>
+        <x14:slicer r:id="rId4"/>
       </x14:slicerList>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>