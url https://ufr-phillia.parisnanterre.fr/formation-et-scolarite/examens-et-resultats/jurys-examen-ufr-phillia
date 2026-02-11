--- v2 (2026-01-20)
+++ v3 (2026-02-11)
@@ -20,70 +20,70 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\upn.parisnanterre.fr\VDI-PROFILS$\Administratif-Data-S1\mjabri\Desktop\UFR PHILLIA - doc de gestion direction\ARRETES\25_26\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20070" windowHeight="11595"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Segment_Départements">#N/A</definedName>
     <definedName name="Segment_Niv_dipl">#N/A</definedName>
   </definedNames>
-  <calcPr calcId="162913" refMode="R1C1"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{46BE6895-7355-4a93-B00E-2C351335B9C9}">
       <x15:slicerCaches xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
         <x14:slicerCache r:id="rId2"/>
         <x14:slicerCache r:id="rId3"/>
       </x15:slicerCaches>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3771" uniqueCount="723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3771" uniqueCount="722">
   <si>
     <t>Niv dipl</t>
   </si>
   <si>
     <t>Années</t>
   </si>
   <si>
     <t>Départements</t>
   </si>
   <si>
     <t>Code diplôme</t>
   </si>
   <si>
     <t>VDI</t>
   </si>
   <si>
     <t>Mention</t>
   </si>
   <si>
     <t>Code Etape</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
@@ -2124,53 +2124,50 @@
     <t>Diplôme d'université Français Langue Étrangère niveau B2 (FLE B2) - Semestre 1</t>
   </si>
   <si>
     <t>Diplôme d'université Français Langue Étrangère niveau C1 (FLE C1) - Semestre 1</t>
   </si>
   <si>
     <t>Diplôme d'université Passerelle niveau B1 - Semestre 1</t>
   </si>
   <si>
     <t>VEILLAS</t>
   </si>
   <si>
     <t>Karine</t>
   </si>
   <si>
     <t>DUCHENE</t>
   </si>
   <si>
     <t>Pauline</t>
   </si>
   <si>
     <t>DUCHÊNE</t>
   </si>
   <si>
     <t xml:space="preserve">HUMEAU </t>
-  </si>
-[...1 lines deleted...]
-    <t>LEMEUR</t>
   </si>
   <si>
     <t xml:space="preserve">REHBINDER </t>
   </si>
   <si>
     <t>André</t>
   </si>
   <si>
     <t>MAJOREL</t>
   </si>
   <si>
     <t>Jeremy</t>
   </si>
   <si>
     <t>ALCOBA</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>LEROUX</t>
   </si>
   <si>
     <t>PAGES</t>
   </si>
@@ -3211,69 +3208,69 @@
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/slicerCache" Target="slicerCaches/slicerCache1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>1752599</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1190624</xdr:rowOff>
     </xdr:to>
-    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-      <mc:Choice xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer" Requires="sle15">
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
+      <mc:Choice Requires="sle15">
         <xdr:graphicFrame macro="">
           <xdr:nvGraphicFramePr>
             <xdr:cNvPr id="2" name="Niv dipl"/>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2010/slicer">
               <sle:slicer xmlns:sle="http://schemas.microsoft.com/office/drawing/2010/slicer" name="Niv dipl"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
-      <mc:Fallback>
+      <mc:Fallback xmlns="">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
               <a:off x="6753225" y="0"/>
               <a:ext cx="6324599" cy="1190624"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
@@ -3283,69 +3280,69 @@
               <a:r>
                 <a:rPr lang="fr-FR" sz="1100"/>
                 <a:t>Cette forme représente un segment de table. Les segments de table sont pris en charge dans Excel ou version ultérieure.
 En revanche, si la forme a été modifiée dans une version précédente d’Excel, ou si le classeur a été enregistré dans Excel 2007 ou une version précédente, vous ne pouvez pas utiliser le segment.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1209675</xdr:rowOff>
     </xdr:to>
-    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-      <mc:Choice xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer" Requires="sle15">
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
+      <mc:Choice Requires="sle15">
         <xdr:graphicFrame macro="">
           <xdr:nvGraphicFramePr>
             <xdr:cNvPr id="3" name="Départements"/>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2010/slicer">
               <sle:slicer xmlns:sle="http://schemas.microsoft.com/office/drawing/2010/slicer" name="Départements"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
-      <mc:Fallback>
+      <mc:Fallback xmlns="">
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
               <a:off x="1" y="9525"/>
               <a:ext cx="6762749" cy="1200150"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
@@ -3374,62 +3371,51 @@
       <x15:tableSlicerCache tableId="1" column="1"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicerCaches/slicerCache2.xml><?xml version="1.0" encoding="utf-8"?>
 <slicerCacheDefinition xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x" name="Segment_Départements" sourceName="Départements">
   <extLst>
     <x:ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{2F2917AC-EB37-4324-AD4E-5DD8C200BD13}">
       <x15:tableSlicerCache tableId="1" column="3"/>
     </x:ext>
   </extLst>
 </slicerCacheDefinition>
 </file>
 
 <file path=xl/slicers/slicer1.xml><?xml version="1.0" encoding="utf-8"?>
 <slicers xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <slicer name="Niv dipl" cache="Segment_Niv_dipl" caption="Niv dipl" columnCount="7" style="SlicerStyleLight5" rowHeight="241300"/>
   <slicer name="Départements" cache="Segment_Départements" caption="Départements" columnCount="4" style="SlicerStyleLight5" rowHeight="241300"/>
 </slicers>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tableau5" displayName="Tableau5" ref="A2:AB182" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29" totalsRowBorderDxfId="28">
-  <autoFilter ref="A2:AB182">
-[...10 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A2:AB182"/>
   <sortState ref="A2:AC174">
     <sortCondition ref="D1:D174"/>
   </sortState>
   <tableColumns count="28">
     <tableColumn id="1" name="Niv dipl" dataDxfId="27"/>
     <tableColumn id="27" name="Années" dataDxfId="26"/>
     <tableColumn id="2" name="Ouverts / Fermés" dataDxfId="25"/>
     <tableColumn id="3" name="Départements" dataDxfId="24"/>
     <tableColumn id="4" name="Code diplôme" dataDxfId="23"/>
     <tableColumn id="5" name="VDI" dataDxfId="22"/>
     <tableColumn id="6" name="Mention" dataDxfId="21"/>
     <tableColumn id="7" name="Code Etape" dataDxfId="20"/>
     <tableColumn id="8" name="VET" dataDxfId="19"/>
     <tableColumn id="9" name="Présentiel / EAD" dataDxfId="18"/>
     <tableColumn id="10" name="Parcours Type" dataDxfId="17"/>
     <tableColumn id="11" name="Num AR" dataDxfId="16"/>
     <tableColumn id="12" name="Num AR 2" dataDxfId="15"/>
     <tableColumn id="13" name="CFVU" dataDxfId="14"/>
     <tableColumn id="29" name="Domaines" dataDxfId="13"/>
     <tableColumn id="14" name="Président / Présidente" dataDxfId="12"/>
     <tableColumn id="15" name="Civilités 1 Président" dataDxfId="11"/>
     <tableColumn id="16" name="NOM 1 Président" dataDxfId="10"/>
     <tableColumn id="17" name="Prénom 1 / Président" dataDxfId="9"/>
     <tableColumn id="18" name="Civilités 2" dataDxfId="8"/>
     <tableColumn id="19" name="NOM 2" dataDxfId="7"/>
@@ -3692,97 +3678,97 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/slicer" Target="../slicers/slicer1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AB182"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="M1" workbookViewId="0">
-      <selection activeCell="S124" sqref="S124"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="28.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="17.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="124.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="26.140625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="35.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="123.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:28" ht="45" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>9</v>
       </c>
@@ -3816,8042 +3802,8042 @@
       <c r="U2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="Y2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="Z2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AA2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AB2" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="3" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
         <v>296</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>507</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>297</v>
       </c>
       <c r="F3" s="8">
         <v>201</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>298</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>299</v>
       </c>
       <c r="I3" s="8">
         <v>201</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K3" s="8" t="s">
         <v>300</v>
       </c>
       <c r="L3" s="8" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M3" s="8">
         <v>1</v>
       </c>
       <c r="N3" s="12"/>
       <c r="O3" s="12" t="s">
         <v>34</v>
       </c>
       <c r="P3" s="8" t="s">
         <v>198</v>
       </c>
       <c r="Q3" s="8" t="s">
         <v>35</v>
       </c>
       <c r="R3" s="8" t="s">
         <v>301</v>
       </c>
       <c r="S3" s="8" t="s">
         <v>70</v>
       </c>
       <c r="T3" s="8" t="s">
         <v>46</v>
       </c>
       <c r="U3" s="8" t="s">
         <v>111</v>
       </c>
       <c r="V3" s="8" t="s">
         <v>112</v>
       </c>
       <c r="W3" s="8" t="s">
         <v>35</v>
       </c>
       <c r="X3" s="8" t="s">
         <v>79</v>
       </c>
       <c r="Y3" s="8" t="s">
         <v>80</v>
       </c>
       <c r="Z3" s="8"/>
       <c r="AA3" s="8"/>
       <c r="AB3" s="13"/>
     </row>
-    <row r="4" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F4" s="3">
         <v>201</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>298</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>303</v>
       </c>
       <c r="I4" s="3">
         <v>201</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>304</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M4" s="3">
         <v>2</v>
       </c>
       <c r="N4" s="9"/>
       <c r="O4" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R4" s="6" t="s">
         <v>645</v>
       </c>
       <c r="S4" s="6" t="s">
         <v>646</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U4" s="3" t="s">
         <v>647</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>245</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>648</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>305</v>
       </c>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="17"/>
     </row>
-    <row r="5" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F5" s="3">
         <v>201</v>
       </c>
       <c r="G5" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>307</v>
       </c>
       <c r="I5" s="3">
         <v>201</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>308</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M5" s="3">
         <v>3</v>
       </c>
       <c r="N5" s="9"/>
       <c r="O5" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>309</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>310</v>
       </c>
       <c r="T5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U5" s="3" t="s">
         <v>283</v>
       </c>
       <c r="V5" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X5" s="3" t="s">
         <v>311</v>
       </c>
       <c r="Y5" s="3" t="s">
         <v>312</v>
       </c>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="17"/>
     </row>
-    <row r="6" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F6" s="3">
         <v>201</v>
       </c>
       <c r="G6" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>313</v>
       </c>
       <c r="I6" s="3">
         <v>201</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>314</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M6" s="3">
         <v>4</v>
       </c>
       <c r="N6" s="9"/>
       <c r="O6" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>202</v>
       </c>
       <c r="T6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U6" s="3" t="s">
         <v>315</v>
       </c>
       <c r="V6" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X6" s="3" t="s">
         <v>316</v>
       </c>
       <c r="Y6" s="3" t="s">
         <v>317</v>
       </c>
       <c r="Z6" s="3"/>
       <c r="AA6" s="3"/>
       <c r="AB6" s="17"/>
     </row>
-    <row r="7" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F7" s="3">
         <v>201</v>
       </c>
       <c r="G7" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>318</v>
       </c>
       <c r="I7" s="3">
         <v>201</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K7" s="3" t="s">
         <v>319</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M7" s="3">
         <v>5</v>
       </c>
       <c r="N7" s="9"/>
       <c r="O7" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U7" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V7" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X7" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y7" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="17"/>
     </row>
-    <row r="8" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F8" s="3">
         <v>201</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>324</v>
       </c>
       <c r="I8" s="3">
         <v>201</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>325</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M8" s="3">
         <v>6</v>
       </c>
       <c r="N8" s="9"/>
       <c r="O8" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U8" s="3" t="s">
         <v>322</v>
       </c>
       <c r="V8" s="3" t="s">
         <v>323</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X8" s="3" t="s">
         <v>321</v>
       </c>
       <c r="Y8" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="17"/>
     </row>
-    <row r="9" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F9" s="3">
         <v>201</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>326</v>
       </c>
       <c r="I9" s="3">
         <v>201</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K9" s="3" t="s">
         <v>327</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M9" s="3">
         <v>7</v>
       </c>
       <c r="N9" s="9"/>
       <c r="O9" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U9" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V9" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X9" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y9" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z9" s="3"/>
       <c r="AA9" s="3"/>
       <c r="AB9" s="17"/>
     </row>
-    <row r="10" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F10" s="3">
         <v>201</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>328</v>
       </c>
       <c r="I10" s="3">
         <v>201</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>329</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M10" s="3">
         <v>8</v>
       </c>
       <c r="N10" s="9"/>
       <c r="O10" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>322</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>323</v>
       </c>
       <c r="T10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U10" s="3" t="s">
         <v>309</v>
       </c>
       <c r="V10" s="3" t="s">
         <v>310</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X10" s="3" t="s">
         <v>330</v>
       </c>
       <c r="Y10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="17"/>
     </row>
-    <row r="11" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F11" s="3">
         <v>201</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>331</v>
       </c>
       <c r="I11" s="3">
         <v>201</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="3" t="s">
         <v>332</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M11" s="3">
         <v>9</v>
       </c>
       <c r="N11" s="9"/>
       <c r="O11" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>309</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>310</v>
       </c>
       <c r="T11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U11" s="3" t="s">
         <v>283</v>
       </c>
       <c r="V11" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X11" s="3" t="s">
         <v>311</v>
       </c>
       <c r="Y11" s="3" t="s">
         <v>312</v>
       </c>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="17"/>
     </row>
-    <row r="12" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F12" s="3">
         <v>201</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>333</v>
       </c>
       <c r="I12" s="3">
         <v>201</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>334</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M12" s="3">
         <v>10</v>
       </c>
       <c r="N12" s="9"/>
       <c r="O12" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>202</v>
       </c>
       <c r="T12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U12" s="3" t="s">
         <v>315</v>
       </c>
       <c r="V12" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X12" s="3" t="s">
         <v>316</v>
       </c>
       <c r="Y12" s="3" t="s">
         <v>317</v>
       </c>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="17"/>
     </row>
-    <row r="13" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F13" s="3">
         <v>201</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>335</v>
       </c>
       <c r="I13" s="3">
         <v>201</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K13" s="3" t="s">
         <v>336</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M13" s="3">
         <v>11</v>
       </c>
       <c r="N13" s="9"/>
       <c r="O13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T13" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U13" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V13" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X13" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y13" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="17"/>
     </row>
-    <row r="14" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F14" s="3">
         <v>201</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>337</v>
       </c>
       <c r="I14" s="3">
         <v>201</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>338</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M14" s="3">
         <v>12</v>
       </c>
       <c r="N14" s="9"/>
       <c r="O14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T14" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U14" s="3" t="s">
         <v>322</v>
       </c>
       <c r="V14" s="3" t="s">
         <v>323</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X14" s="3" t="s">
         <v>321</v>
       </c>
       <c r="Y14" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Z14" s="3"/>
       <c r="AA14" s="3"/>
       <c r="AB14" s="17"/>
     </row>
-    <row r="15" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F15" s="3">
         <v>201</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>339</v>
       </c>
       <c r="I15" s="3">
         <v>201</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K15" s="3" t="s">
         <v>340</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M15" s="3">
         <v>13</v>
       </c>
       <c r="N15" s="9"/>
       <c r="O15" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T15" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U15" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V15" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X15" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y15" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z15" s="3"/>
       <c r="AA15" s="3"/>
       <c r="AB15" s="17"/>
     </row>
-    <row r="16" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F16" s="3">
         <v>201</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>341</v>
       </c>
       <c r="I16" s="3">
         <v>201</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>342</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M16" s="3">
         <v>14</v>
       </c>
       <c r="N16" s="9"/>
       <c r="O16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>322</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>323</v>
       </c>
       <c r="T16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U16" s="3" t="s">
         <v>309</v>
       </c>
       <c r="V16" s="3" t="s">
         <v>310</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X16" s="3" t="s">
         <v>330</v>
       </c>
       <c r="Y16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="17"/>
     </row>
-    <row r="17" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F17" s="3">
         <v>201</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>344</v>
       </c>
       <c r="I17" s="3">
         <v>201</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="3" t="s">
         <v>345</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M17" s="3">
         <v>15</v>
       </c>
       <c r="N17" s="9"/>
       <c r="O17" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>649</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>346</v>
       </c>
       <c r="T17" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U17" s="3" t="s">
         <v>650</v>
       </c>
       <c r="V17" s="3" t="s">
         <v>348</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X17" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Y17" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="17"/>
     </row>
-    <row r="18" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F18" s="3">
         <v>201</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>349</v>
       </c>
       <c r="I18" s="3">
         <v>201</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="3" t="s">
         <v>350</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M18" s="3">
         <v>16</v>
       </c>
       <c r="N18" s="9"/>
       <c r="O18" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>649</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>346</v>
       </c>
       <c r="T18" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U18" s="3" t="s">
         <v>650</v>
       </c>
       <c r="V18" s="3" t="s">
         <v>348</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X18" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Y18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="17"/>
     </row>
-    <row r="19" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F19" s="3">
         <v>202</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>351</v>
       </c>
       <c r="I19" s="3">
         <v>201</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K19" s="3" t="s">
         <v>352</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M19" s="3">
         <v>17</v>
       </c>
       <c r="N19" s="9"/>
       <c r="O19" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>649</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>346</v>
       </c>
       <c r="T19" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U19" s="3" t="s">
         <v>650</v>
       </c>
       <c r="V19" s="3" t="s">
         <v>348</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X19" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Y19" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="17"/>
     </row>
-    <row r="20" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F20" s="3">
         <v>201</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>353</v>
       </c>
       <c r="I20" s="3">
         <v>201</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K20" s="3" t="s">
         <v>354</v>
       </c>
       <c r="L20" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M20" s="3">
         <v>18</v>
       </c>
       <c r="N20" s="9"/>
       <c r="O20" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>649</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>346</v>
       </c>
       <c r="T20" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U20" s="3" t="s">
         <v>650</v>
       </c>
       <c r="V20" s="3" t="s">
         <v>348</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X20" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Y20" s="3" t="s">
         <v>110</v>
       </c>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="17"/>
     </row>
-    <row r="21" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F21" s="3">
         <v>203</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>355</v>
       </c>
       <c r="I21" s="3">
         <v>211</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>356</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M21" s="3">
         <v>19</v>
       </c>
       <c r="N21" s="9"/>
       <c r="O21" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>651</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>357</v>
       </c>
       <c r="T21" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U21" s="3" t="s">
         <v>652</v>
       </c>
       <c r="V21" s="3" t="s">
         <v>358</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X21" s="3" t="s">
         <v>653</v>
       </c>
       <c r="Y21" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="17"/>
     </row>
-    <row r="22" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F22" s="3">
         <v>201</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>359</v>
       </c>
       <c r="I22" s="3">
         <v>201</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>360</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M22" s="3">
         <v>20</v>
       </c>
       <c r="N22" s="9"/>
       <c r="O22" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T22" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U22" s="3" t="s">
         <v>654</v>
       </c>
       <c r="V22" s="3" t="s">
         <v>361</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X22" s="3" t="s">
         <v>655</v>
       </c>
       <c r="Y22" s="3" t="s">
         <v>363</v>
       </c>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="17"/>
     </row>
-    <row r="23" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D23" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F23" s="3">
         <v>201</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>364</v>
       </c>
       <c r="I23" s="3">
         <v>201</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>365</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M23" s="3">
         <v>21</v>
       </c>
       <c r="N23" s="9"/>
       <c r="O23" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T23" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U23" s="3" t="s">
         <v>654</v>
       </c>
       <c r="V23" s="3" t="s">
         <v>361</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X23" s="3" t="s">
         <v>655</v>
       </c>
       <c r="Y23" s="3" t="s">
         <v>363</v>
       </c>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="17"/>
     </row>
-    <row r="24" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F24" s="3">
         <v>202</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>366</v>
       </c>
       <c r="I24" s="3">
         <v>201</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>367</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M24" s="3">
         <v>22</v>
       </c>
       <c r="N24" s="9"/>
       <c r="O24" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T24" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U24" s="3" t="s">
         <v>654</v>
       </c>
       <c r="V24" s="3" t="s">
         <v>361</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X24" s="3" t="s">
         <v>655</v>
       </c>
       <c r="Y24" s="3" t="s">
         <v>363</v>
       </c>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="17"/>
     </row>
-    <row r="25" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F25" s="3">
         <v>201</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>368</v>
       </c>
       <c r="I25" s="3">
         <v>201</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K25" s="3" t="s">
         <v>369</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M25" s="3">
         <v>23</v>
       </c>
       <c r="N25" s="9"/>
       <c r="O25" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T25" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U25" s="3" t="s">
         <v>654</v>
       </c>
       <c r="V25" s="3" t="s">
         <v>361</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X25" s="3" t="s">
         <v>655</v>
       </c>
       <c r="Y25" s="3" t="s">
         <v>363</v>
       </c>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="17"/>
     </row>
-    <row r="26" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D26" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F26" s="3">
         <v>203</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>370</v>
       </c>
       <c r="I26" s="3">
         <v>201</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K26" s="3" t="s">
         <v>371</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M26" s="3">
         <v>24</v>
       </c>
       <c r="N26" s="9"/>
       <c r="O26" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>656</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>357</v>
       </c>
       <c r="T26" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U26" s="3" t="s">
         <v>652</v>
       </c>
       <c r="V26" s="3" t="s">
         <v>358</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X26" s="3" t="s">
         <v>653</v>
       </c>
       <c r="Y26" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="17"/>
     </row>
-    <row r="27" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D27" s="16" t="s">
         <v>121</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>372</v>
       </c>
       <c r="F27" s="3">
         <v>201</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>373</v>
       </c>
       <c r="I27" s="3">
         <v>201</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K27" s="3" t="s">
         <v>374</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M27" s="3">
         <v>25</v>
       </c>
       <c r="N27" s="9"/>
       <c r="O27" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>657</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>658</v>
       </c>
       <c r="T27" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U27" s="3" t="s">
         <v>375</v>
       </c>
       <c r="V27" s="3" t="s">
         <v>376</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X27" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Y27" s="3" t="s">
         <v>130</v>
       </c>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="17"/>
     </row>
-    <row r="28" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="16" t="s">
         <v>121</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>372</v>
       </c>
       <c r="F28" s="3">
         <v>201</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>377</v>
       </c>
       <c r="I28" s="3">
         <v>201</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K28" s="3" t="s">
         <v>378</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M28" s="3">
         <v>26</v>
       </c>
       <c r="N28" s="9"/>
       <c r="O28" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>375</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>376</v>
       </c>
       <c r="T28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U28" s="3" t="s">
         <v>657</v>
       </c>
       <c r="V28" s="3" t="s">
         <v>658</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X28" s="3" t="s">
         <v>129</v>
       </c>
       <c r="Y28" s="3" t="s">
         <v>130</v>
       </c>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="17"/>
     </row>
-    <row r="29" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D29" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F29" s="3">
         <v>201</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>380</v>
       </c>
       <c r="I29" s="3">
         <v>201</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K29" s="3" t="s">
         <v>381</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M29" s="3">
         <v>27</v>
       </c>
       <c r="N29" s="9"/>
       <c r="O29" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>382</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>363</v>
       </c>
       <c r="T29" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U29" s="3" t="s">
         <v>383</v>
       </c>
       <c r="V29" s="3" t="s">
         <v>384</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X29" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y29" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z29" s="3"/>
       <c r="AA29" s="3"/>
       <c r="AB29" s="17"/>
     </row>
-    <row r="30" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D30" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F30" s="3">
         <v>201</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>385</v>
       </c>
       <c r="I30" s="3">
         <v>201</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K30" s="3" t="s">
         <v>386</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M30" s="3">
         <v>28</v>
       </c>
       <c r="N30" s="9"/>
       <c r="O30" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>215</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>216</v>
       </c>
       <c r="T30" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U30" s="3" t="s">
         <v>221</v>
       </c>
       <c r="V30" s="3" t="s">
         <v>222</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X30" s="3" t="s">
         <v>387</v>
       </c>
       <c r="Y30" s="3" t="s">
         <v>388</v>
       </c>
       <c r="Z30" s="3"/>
       <c r="AA30" s="3"/>
       <c r="AB30" s="17"/>
     </row>
-    <row r="31" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D31" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F31" s="3">
         <v>202</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>389</v>
       </c>
       <c r="I31" s="3">
         <v>201</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K31" s="3" t="s">
         <v>390</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M31" s="3">
         <v>29</v>
       </c>
       <c r="N31" s="9"/>
       <c r="O31" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>215</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>216</v>
       </c>
       <c r="T31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U31" s="3" t="s">
         <v>221</v>
       </c>
       <c r="V31" s="3" t="s">
         <v>222</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X31" s="3" t="s">
         <v>387</v>
       </c>
       <c r="Y31" s="3" t="s">
         <v>388</v>
       </c>
       <c r="Z31" s="3"/>
       <c r="AA31" s="3"/>
       <c r="AB31" s="17"/>
     </row>
-    <row r="32" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F32" s="3">
         <v>201</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>391</v>
       </c>
       <c r="I32" s="3">
         <v>201</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K32" s="3" t="s">
         <v>392</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M32" s="3">
         <v>30</v>
       </c>
       <c r="N32" s="9"/>
       <c r="O32" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>382</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>363</v>
       </c>
       <c r="T32" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U32" s="3" t="s">
         <v>383</v>
       </c>
       <c r="V32" s="3" t="s">
         <v>384</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X32" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y32" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z32" s="3"/>
       <c r="AA32" s="3"/>
       <c r="AB32" s="17"/>
     </row>
-    <row r="33" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D33" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F33" s="3">
         <v>201</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>393</v>
       </c>
       <c r="I33" s="3">
         <v>201</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K33" s="3" t="s">
         <v>394</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M33" s="3">
         <v>31</v>
       </c>
       <c r="N33" s="9"/>
       <c r="O33" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>398</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>399</v>
       </c>
       <c r="T33" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U33" s="4" t="s">
         <v>396</v>
       </c>
       <c r="V33" s="3" t="s">
         <v>397</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X33" s="3" t="s">
         <v>402</v>
       </c>
       <c r="Y33" s="3" t="s">
         <v>395</v>
       </c>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
     </row>
-    <row r="34" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D34" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>379</v>
       </c>
       <c r="F34" s="3">
         <v>202</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>400</v>
       </c>
       <c r="I34" s="3">
         <v>201</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K34" s="3" t="s">
         <v>401</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M34" s="3">
         <v>32</v>
       </c>
       <c r="N34" s="9"/>
       <c r="O34" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>398</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>399</v>
       </c>
       <c r="T34" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U34" s="4" t="s">
         <v>396</v>
       </c>
       <c r="V34" s="3" t="s">
         <v>397</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X34" s="3" t="s">
         <v>402</v>
       </c>
       <c r="Y34" s="3" t="s">
         <v>395</v>
       </c>
       <c r="Z34" s="3"/>
       <c r="AA34" s="3"/>
       <c r="AB34" s="3"/>
     </row>
-    <row r="35" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D35" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F35" s="3">
         <v>201</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>404</v>
       </c>
       <c r="I35" s="3">
         <v>201</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K35" s="3" t="s">
         <v>405</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M35" s="3">
         <v>33</v>
       </c>
       <c r="N35" s="9"/>
       <c r="O35" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>484</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>245</v>
       </c>
       <c r="T35" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U35" s="3" t="s">
         <v>265</v>
       </c>
       <c r="V35" s="3" t="s">
         <v>659</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X35" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Y35" s="3" t="s">
         <v>264</v>
       </c>
       <c r="Z35" s="3"/>
       <c r="AA35" s="3"/>
       <c r="AB35" s="17"/>
     </row>
-    <row r="36" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F36" s="3">
         <v>201</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>409</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>410</v>
       </c>
       <c r="I36" s="3">
         <v>201</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K36" s="3" t="s">
         <v>411</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M36" s="3">
         <v>34</v>
       </c>
       <c r="N36" s="9"/>
       <c r="O36" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q36" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>412</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T36" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U36" s="3" t="s">
         <v>413</v>
       </c>
       <c r="V36" s="3" t="s">
         <v>414</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X36" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="Y36" s="3" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="Z36" s="3"/>
       <c r="AA36" s="3"/>
       <c r="AB36" s="17"/>
     </row>
-    <row r="37" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="15" t="s">
         <v>296</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F37" s="3">
         <v>201</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>409</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>415</v>
       </c>
       <c r="I37" s="3">
         <v>201</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K37" s="3" t="s">
         <v>416</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M37" s="3">
         <v>35</v>
       </c>
       <c r="N37" s="9"/>
       <c r="O37" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R37" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="S37" s="3" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="T37" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U37" s="3" t="s">
         <v>412</v>
       </c>
       <c r="V37" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X37" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Y37" s="3" t="s">
         <v>414</v>
       </c>
       <c r="Z37" s="3"/>
       <c r="AA37" s="3"/>
       <c r="AB37" s="17"/>
     </row>
-    <row r="38" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D38" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F38" s="3">
         <v>201</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>417</v>
       </c>
       <c r="I38" s="3">
         <v>201</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K38" s="3" t="s">
         <v>418</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M38" s="3">
         <v>36</v>
       </c>
       <c r="N38" s="9"/>
       <c r="O38" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>419</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>348</v>
       </c>
       <c r="T38" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U38" s="3" t="s">
         <v>660</v>
       </c>
       <c r="V38" s="3" t="s">
         <v>661</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X38" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Y38" s="3" t="s">
         <v>663</v>
       </c>
       <c r="Z38" s="3"/>
       <c r="AA38" s="3"/>
       <c r="AB38" s="17"/>
     </row>
-    <row r="39" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F39" s="3">
         <v>201</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>421</v>
       </c>
       <c r="I39" s="3">
         <v>201</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K39" s="3" t="s">
         <v>422</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M39" s="3">
         <v>37</v>
       </c>
       <c r="N39" s="9"/>
       <c r="O39" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>419</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>348</v>
       </c>
       <c r="T39" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U39" s="3" t="s">
         <v>660</v>
       </c>
       <c r="V39" s="3" t="s">
         <v>661</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X39" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Y39" s="3" t="s">
         <v>663</v>
       </c>
       <c r="Z39" s="3"/>
       <c r="AA39" s="3"/>
       <c r="AB39" s="17"/>
     </row>
-    <row r="40" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D40" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F40" s="3">
         <v>201</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>423</v>
       </c>
       <c r="I40" s="3">
         <v>201</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K40" s="3" t="s">
         <v>424</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M40" s="3">
         <v>38</v>
       </c>
       <c r="N40" s="9"/>
       <c r="O40" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q40" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>419</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>348</v>
       </c>
       <c r="T40" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U40" s="3" t="s">
         <v>660</v>
       </c>
       <c r="V40" s="3" t="s">
         <v>661</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X40" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Y40" s="3" t="s">
         <v>663</v>
       </c>
       <c r="Z40" s="3"/>
       <c r="AA40" s="3"/>
       <c r="AB40" s="17"/>
     </row>
-    <row r="41" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D41" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F41" s="3">
         <v>201</v>
       </c>
       <c r="G41" s="16" t="s">
         <v>409</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>425</v>
       </c>
       <c r="I41" s="3">
         <v>201</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K41" s="3" t="s">
         <v>426</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M41" s="3">
         <v>39</v>
       </c>
       <c r="N41" s="9"/>
       <c r="O41" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>412</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T41" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U41" s="3" t="s">
         <v>413</v>
       </c>
       <c r="V41" s="3" t="s">
         <v>414</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X41" s="3" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="Y41" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z41" s="3"/>
       <c r="AA41" s="3"/>
       <c r="AB41" s="17"/>
     </row>
-    <row r="42" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="15" t="s">
         <v>302</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D42" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>403</v>
       </c>
       <c r="F42" s="3">
         <v>201</v>
       </c>
       <c r="G42" s="16" t="s">
         <v>409</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>427</v>
       </c>
       <c r="I42" s="3">
         <v>201</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K42" s="3" t="s">
         <v>428</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M42" s="3">
         <v>40</v>
       </c>
       <c r="N42" s="9"/>
       <c r="O42" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R42" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="S42" s="3" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="T42" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U42" s="3" t="s">
         <v>412</v>
       </c>
       <c r="V42" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X42" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Y42" s="3" t="s">
         <v>414</v>
       </c>
       <c r="Z42" s="3"/>
       <c r="AA42" s="3"/>
       <c r="AB42" s="17"/>
     </row>
-    <row r="43" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A43" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F43" s="3">
         <v>201</v>
       </c>
       <c r="G43" s="16" t="s">
         <v>298</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>430</v>
       </c>
       <c r="I43" s="3">
         <v>201</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K43" s="3" t="s">
         <v>431</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M43" s="3">
         <v>41</v>
       </c>
       <c r="N43" s="9"/>
       <c r="O43" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q43" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="T43" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U43" s="3" t="s">
         <v>664</v>
       </c>
       <c r="V43" s="3" t="s">
         <v>432</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X43" s="3" t="s">
         <v>47</v>
       </c>
       <c r="Y43" s="3" t="s">
         <v>48</v>
       </c>
       <c r="Z43" s="3"/>
       <c r="AA43" s="3"/>
       <c r="AB43" s="17"/>
     </row>
-    <row r="44" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D44" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F44" s="3">
         <v>202</v>
       </c>
       <c r="G44" s="16" t="s">
         <v>298</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>433</v>
       </c>
       <c r="I44" s="3">
         <v>201</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K44" s="3" t="s">
         <v>434</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M44" s="3">
         <v>42</v>
       </c>
       <c r="N44" s="9"/>
       <c r="O44" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q44" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>59</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T44" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U44" s="3" t="s">
         <v>665</v>
       </c>
       <c r="V44" s="3" t="s">
         <v>37</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X44" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Y44" s="3" t="s">
         <v>58</v>
       </c>
       <c r="Z44" s="3"/>
       <c r="AA44" s="3"/>
       <c r="AB44" s="17"/>
     </row>
-    <row r="45" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D45" s="16" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>429</v>
       </c>
       <c r="F45" s="3">
         <v>203</v>
       </c>
       <c r="G45" s="16" t="s">
         <v>298</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>435</v>
       </c>
       <c r="I45" s="3">
         <v>201</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K45" s="3" t="s">
         <v>436</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M45" s="3">
         <v>43</v>
       </c>
       <c r="N45" s="9"/>
       <c r="O45" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>58</v>
       </c>
       <c r="T45" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U45" s="3" t="s">
         <v>77</v>
       </c>
       <c r="V45" s="3" t="s">
         <v>78</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X45" s="3" t="s">
         <v>59</v>
       </c>
       <c r="Y45" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="17"/>
     </row>
-    <row r="46" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D46" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F46" s="3">
         <v>201</v>
       </c>
       <c r="G46" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>438</v>
       </c>
       <c r="I46" s="3">
         <v>201</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K46" s="3" t="s">
         <v>439</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M46" s="3">
         <v>44</v>
       </c>
       <c r="N46" s="9"/>
       <c r="O46" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q46" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>309</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>310</v>
       </c>
       <c r="T46" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U46" s="3" t="s">
         <v>283</v>
       </c>
       <c r="V46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X46" s="3" t="s">
         <v>311</v>
       </c>
       <c r="Y46" s="3" t="s">
         <v>312</v>
       </c>
       <c r="Z46" s="3"/>
       <c r="AA46" s="3"/>
       <c r="AB46" s="17"/>
     </row>
-    <row r="47" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F47" s="3">
         <v>201</v>
       </c>
       <c r="G47" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>440</v>
       </c>
       <c r="I47" s="3">
         <v>201</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K47" s="3" t="s">
         <v>441</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M47" s="3">
         <v>45</v>
       </c>
       <c r="N47" s="9"/>
       <c r="O47" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>202</v>
       </c>
       <c r="T47" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U47" s="3" t="s">
         <v>315</v>
       </c>
       <c r="V47" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X47" s="3" t="s">
         <v>316</v>
       </c>
       <c r="Y47" s="3" t="s">
         <v>317</v>
       </c>
       <c r="Z47" s="3"/>
       <c r="AA47" s="3"/>
       <c r="AB47" s="17"/>
     </row>
-    <row r="48" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D48" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F48" s="3">
         <v>201</v>
       </c>
       <c r="G48" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>442</v>
       </c>
       <c r="I48" s="3">
         <v>201</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K48" s="3" t="s">
         <v>443</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M48" s="3">
         <v>46</v>
       </c>
       <c r="N48" s="9"/>
       <c r="O48" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T48" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U48" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V48" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X48" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y48" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z48" s="3"/>
       <c r="AA48" s="3"/>
       <c r="AB48" s="17"/>
     </row>
-    <row r="49" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D49" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F49" s="3">
         <v>201</v>
       </c>
       <c r="G49" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>444</v>
       </c>
       <c r="I49" s="3">
         <v>201</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K49" s="3" t="s">
         <v>445</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M49" s="3">
         <v>47</v>
       </c>
       <c r="N49" s="9"/>
       <c r="O49" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T49" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U49" s="3" t="s">
         <v>322</v>
       </c>
       <c r="V49" s="3" t="s">
         <v>323</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X49" s="3" t="s">
         <v>321</v>
       </c>
       <c r="Y49" s="3" t="s">
         <v>153</v>
       </c>
       <c r="Z49" s="3"/>
       <c r="AA49" s="3"/>
       <c r="AB49" s="17"/>
     </row>
-    <row r="50" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D50" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F50" s="3">
         <v>201</v>
       </c>
       <c r="G50" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>446</v>
       </c>
       <c r="I50" s="3">
         <v>201</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K50" s="3" t="s">
         <v>447</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M50" s="3">
         <v>48</v>
       </c>
       <c r="N50" s="9"/>
       <c r="O50" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>320</v>
       </c>
       <c r="S50" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T50" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U50" s="3" t="s">
         <v>321</v>
       </c>
       <c r="V50" s="3" t="s">
         <v>153</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X50" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y50" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z50" s="3"/>
       <c r="AA50" s="3"/>
       <c r="AB50" s="17"/>
     </row>
-    <row r="51" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D51" s="16" t="s">
         <v>195</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F51" s="3">
         <v>201</v>
       </c>
       <c r="G51" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>448</v>
       </c>
       <c r="I51" s="3">
         <v>201</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K51" s="3" t="s">
         <v>449</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M51" s="3">
         <v>49</v>
       </c>
       <c r="N51" s="9"/>
       <c r="O51" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>322</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>323</v>
       </c>
       <c r="T51" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U51" s="3" t="s">
         <v>309</v>
       </c>
       <c r="V51" s="3" t="s">
         <v>310</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X51" s="3" t="s">
         <v>330</v>
       </c>
       <c r="Y51" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z51" s="3"/>
       <c r="AA51" s="3"/>
       <c r="AB51" s="17"/>
     </row>
-    <row r="52" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D52" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F52" s="3">
         <v>204</v>
       </c>
       <c r="G52" s="16" t="s">
         <v>148</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>451</v>
       </c>
       <c r="I52" s="3">
         <v>201</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K52" s="3" t="s">
         <v>452</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M52" s="3">
         <v>50</v>
       </c>
       <c r="N52" s="9"/>
       <c r="O52" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q52" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>666</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>246</v>
       </c>
       <c r="T52" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U52" s="3" t="s">
         <v>667</v>
       </c>
       <c r="V52" s="3" t="s">
         <v>453</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X52" s="3" t="s">
         <v>668</v>
       </c>
       <c r="Y52" s="3" t="s">
         <v>669</v>
       </c>
       <c r="Z52" s="3"/>
       <c r="AA52" s="3"/>
       <c r="AB52" s="17"/>
     </row>
-    <row r="53" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D53" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F53" s="3">
         <v>203</v>
       </c>
       <c r="G53" s="16" t="s">
         <v>148</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>454</v>
       </c>
       <c r="I53" s="3">
         <v>201</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K53" s="3" t="s">
         <v>455</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M53" s="3">
         <v>51</v>
       </c>
       <c r="N53" s="9"/>
       <c r="O53" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>666</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>246</v>
       </c>
       <c r="T53" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U53" s="3" t="s">
         <v>667</v>
       </c>
       <c r="V53" s="3" t="s">
         <v>453</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X53" s="3" t="s">
         <v>668</v>
       </c>
       <c r="Y53" s="3" t="s">
         <v>669</v>
       </c>
       <c r="Z53" s="3"/>
       <c r="AA53" s="3"/>
       <c r="AB53" s="17"/>
     </row>
-    <row r="54" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D54" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F54" s="3">
         <v>202</v>
       </c>
       <c r="G54" s="16" t="s">
         <v>148</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>456</v>
       </c>
       <c r="I54" s="3">
         <v>201</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K54" s="3" t="s">
         <v>457</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M54" s="3">
         <v>52</v>
       </c>
       <c r="N54" s="9"/>
       <c r="O54" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q54" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>666</v>
       </c>
       <c r="S54" s="3" t="s">
         <v>246</v>
       </c>
       <c r="T54" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U54" s="3" t="s">
         <v>667</v>
       </c>
       <c r="V54" s="3" t="s">
         <v>453</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X54" s="3" t="s">
         <v>668</v>
       </c>
       <c r="Y54" s="3" t="s">
         <v>669</v>
       </c>
       <c r="Z54" s="3"/>
       <c r="AA54" s="3"/>
       <c r="AB54" s="17"/>
     </row>
-    <row r="55" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D55" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F55" s="3">
         <v>201</v>
       </c>
       <c r="G55" s="16" t="s">
         <v>148</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>458</v>
       </c>
       <c r="I55" s="3">
         <v>201</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K55" s="3" t="s">
         <v>459</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M55" s="3">
         <v>53</v>
       </c>
       <c r="N55" s="9"/>
       <c r="O55" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q55" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>666</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>246</v>
       </c>
       <c r="T55" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U55" s="3" t="s">
         <v>667</v>
       </c>
       <c r="V55" s="3" t="s">
         <v>453</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>362</v>
       </c>
       <c r="X55" s="3" t="s">
         <v>668</v>
       </c>
       <c r="Y55" s="3" t="s">
         <v>669</v>
       </c>
       <c r="Z55" s="3"/>
       <c r="AA55" s="3"/>
       <c r="AB55" s="17"/>
     </row>
-    <row r="56" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D56" s="16" t="s">
         <v>148</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>450</v>
       </c>
       <c r="F56" s="3">
         <v>203</v>
       </c>
       <c r="G56" s="16" t="s">
         <v>148</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>460</v>
       </c>
       <c r="I56" s="3">
         <v>201</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K56" s="3" t="s">
         <v>461</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M56" s="3">
         <v>54</v>
       </c>
       <c r="N56" s="9"/>
       <c r="O56" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>651</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>357</v>
       </c>
       <c r="T56" s="3" t="s">
         <v>347</v>
       </c>
       <c r="U56" s="3" t="s">
         <v>652</v>
       </c>
       <c r="V56" s="3" t="s">
         <v>358</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X56" s="3" t="s">
         <v>653</v>
       </c>
       <c r="Y56" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z56" s="3"/>
       <c r="AA56" s="3"/>
       <c r="AB56" s="17"/>
     </row>
-    <row r="57" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D57" s="16" t="s">
         <v>121</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>462</v>
       </c>
       <c r="F57" s="3">
         <v>202</v>
       </c>
       <c r="G57" s="16" t="s">
         <v>123</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>463</v>
       </c>
       <c r="I57" s="3">
         <v>201</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K57" s="3" t="s">
         <v>464</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M57" s="3">
         <v>55</v>
       </c>
       <c r="N57" s="9"/>
       <c r="O57" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>465</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>466</v>
       </c>
       <c r="T57" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U57" s="3" t="s">
         <v>133</v>
       </c>
       <c r="V57" s="3" t="s">
         <v>134</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X57" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Y57" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Z57" s="3"/>
       <c r="AA57" s="3"/>
       <c r="AB57" s="17"/>
     </row>
-    <row r="58" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D58" s="16" t="s">
         <v>121</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>462</v>
       </c>
       <c r="F58" s="3">
         <v>201</v>
       </c>
       <c r="G58" s="16" t="s">
         <v>123</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>467</v>
       </c>
       <c r="I58" s="3">
         <v>201</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K58" s="3" t="s">
         <v>468</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M58" s="3">
         <v>56</v>
       </c>
       <c r="N58" s="9"/>
       <c r="O58" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q58" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>469</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>134</v>
       </c>
       <c r="T58" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U58" s="3" t="s">
         <v>465</v>
       </c>
       <c r="V58" s="3" t="s">
         <v>466</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X58" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Y58" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Z58" s="3"/>
       <c r="AA58" s="3"/>
       <c r="AB58" s="17"/>
     </row>
-    <row r="59" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D59" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F59" s="3">
         <v>201</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>471</v>
       </c>
       <c r="I59" s="3">
         <v>201</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K59" s="3" t="s">
         <v>472</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M59" s="3">
         <v>57</v>
       </c>
       <c r="N59" s="9"/>
       <c r="O59" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q59" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>382</v>
       </c>
       <c r="S59" s="3" t="s">
         <v>363</v>
       </c>
       <c r="T59" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U59" s="3" t="s">
         <v>383</v>
       </c>
       <c r="V59" s="3" t="s">
         <v>384</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X59" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y59" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z59" s="3"/>
       <c r="AA59" s="3"/>
       <c r="AB59" s="17"/>
     </row>
-    <row r="60" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D60" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F60" s="3">
         <v>201</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>473</v>
       </c>
       <c r="I60" s="3">
         <v>201</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K60" s="3" t="s">
         <v>474</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M60" s="3">
         <v>58</v>
       </c>
       <c r="N60" s="9"/>
       <c r="O60" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q60" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>475</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>476</v>
       </c>
       <c r="T60" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U60" s="3" t="s">
         <v>477</v>
       </c>
       <c r="V60" s="3" t="s">
         <v>478</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X60" s="3" t="s">
         <v>387</v>
       </c>
       <c r="Y60" s="3" t="s">
         <v>388</v>
       </c>
       <c r="Z60" s="3"/>
       <c r="AA60" s="3"/>
       <c r="AB60" s="17"/>
     </row>
-    <row r="61" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D61" s="16" t="s">
         <v>209</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>470</v>
       </c>
       <c r="F61" s="3">
         <v>202</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>479</v>
       </c>
       <c r="I61" s="3">
         <v>201</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K61" s="3" t="s">
         <v>480</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M61" s="3">
         <v>59</v>
       </c>
       <c r="N61" s="9"/>
       <c r="O61" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q61" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>475</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>476</v>
       </c>
       <c r="T61" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U61" s="3" t="s">
         <v>477</v>
       </c>
       <c r="V61" s="3" t="s">
         <v>478</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X61" s="3" t="s">
         <v>387</v>
       </c>
       <c r="Y61" s="3" t="s">
         <v>388</v>
       </c>
       <c r="Z61" s="3"/>
       <c r="AA61" s="3"/>
       <c r="AB61" s="17"/>
     </row>
-    <row r="62" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D62" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F62" s="3">
         <v>202</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>482</v>
       </c>
       <c r="I62" s="3">
         <v>201</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K62" s="3" t="s">
         <v>483</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M62" s="3">
         <v>60</v>
       </c>
       <c r="N62" s="9"/>
       <c r="O62" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>637</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>406</v>
       </c>
       <c r="T62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U62" s="3" t="s">
         <v>253</v>
       </c>
       <c r="V62" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X62" s="3" t="s">
         <v>407</v>
       </c>
       <c r="Y62" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Z62" s="3"/>
       <c r="AA62" s="3"/>
       <c r="AB62" s="17"/>
     </row>
-    <row r="63" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D63" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F63" s="3">
         <v>203</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>485</v>
       </c>
       <c r="I63" s="3">
         <v>201</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K63" s="3" t="s">
         <v>486</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M63" s="3">
         <v>61</v>
       </c>
       <c r="N63" s="9"/>
       <c r="O63" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q63" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>637</v>
       </c>
       <c r="S63" s="3" t="s">
         <v>406</v>
       </c>
       <c r="T63" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U63" s="3" t="s">
         <v>253</v>
       </c>
       <c r="V63" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X63" s="3" t="s">
         <v>407</v>
       </c>
       <c r="Y63" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Z63" s="3"/>
       <c r="AA63" s="3"/>
       <c r="AB63" s="17"/>
     </row>
-    <row r="64" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D64" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F64" s="3">
         <v>201</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>487</v>
       </c>
       <c r="I64" s="3">
         <v>201</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K64" s="3" t="s">
         <v>488</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M64" s="3">
         <v>62</v>
       </c>
       <c r="N64" s="9"/>
       <c r="O64" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q64" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>637</v>
       </c>
       <c r="S64" s="3" t="s">
         <v>406</v>
       </c>
       <c r="T64" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U64" s="3" t="s">
         <v>253</v>
       </c>
       <c r="V64" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X64" s="3" t="s">
         <v>407</v>
       </c>
       <c r="Y64" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Z64" s="3"/>
       <c r="AA64" s="3"/>
       <c r="AB64" s="17"/>
     </row>
-    <row r="65" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D65" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F65" s="3">
         <v>204</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>409</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>489</v>
       </c>
       <c r="I65" s="3">
         <v>201</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K65" s="3" t="s">
         <v>490</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M65" s="3">
         <v>63</v>
       </c>
       <c r="N65" s="9"/>
       <c r="O65" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q65" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>412</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T65" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U65" s="3" t="s">
         <v>413</v>
       </c>
       <c r="V65" s="3" t="s">
         <v>414</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X65" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="Y65" s="3" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="Z65" s="3"/>
       <c r="AA65" s="3"/>
       <c r="AB65" s="17"/>
     </row>
-    <row r="66" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="15" t="s">
         <v>295</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D66" s="16" t="s">
         <v>238</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F66" s="3">
         <v>204</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>409</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>491</v>
       </c>
       <c r="I66" s="3">
         <v>201</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K66" s="3" t="s">
         <v>492</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M66" s="3">
         <v>64</v>
       </c>
       <c r="N66" s="9"/>
       <c r="O66" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q66" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R66" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="S66" s="3" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="T66" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U66" s="3" t="s">
         <v>412</v>
       </c>
       <c r="V66" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X66" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Y66" s="3" t="s">
         <v>414</v>
       </c>
       <c r="Z66" s="3"/>
       <c r="AA66" s="3"/>
       <c r="AB66" s="17"/>
     </row>
-    <row r="67" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F67" s="3">
         <v>201</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3">
         <v>221</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K67" s="3" t="s">
         <v>33</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M67" s="3">
         <v>65</v>
       </c>
       <c r="N67" s="9"/>
       <c r="O67" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q67" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T67" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X67" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y67" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z67" s="3"/>
       <c r="AA67" s="3"/>
       <c r="AB67" s="17"/>
     </row>
-    <row r="68" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F68" s="3">
         <v>201</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I68" s="3">
         <v>221</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K68" s="3" t="s">
         <v>74</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M68" s="3">
         <v>66</v>
       </c>
       <c r="N68" s="9"/>
       <c r="O68" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q68" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T68" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X68" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y68" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z68" s="3"/>
       <c r="AA68" s="3"/>
       <c r="AB68" s="17"/>
     </row>
-    <row r="69" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F69" s="3">
         <v>201</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>81</v>
       </c>
       <c r="I69" s="3">
         <v>221</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K69" s="3" t="s">
         <v>82</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M69" s="3">
         <v>67</v>
       </c>
       <c r="N69" s="9"/>
       <c r="O69" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q69" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T69" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U69" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V69" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X69" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y69" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z69" s="3"/>
       <c r="AA69" s="3"/>
       <c r="AB69" s="17"/>
     </row>
-    <row r="70" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F70" s="3">
         <v>201</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I70" s="3">
         <v>201</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K70" s="3" t="s">
         <v>45</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M70" s="3">
         <v>68</v>
       </c>
       <c r="N70" s="9"/>
       <c r="O70" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q70" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>47</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>48</v>
       </c>
       <c r="T70" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U70" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V70" s="3" t="s">
         <v>50</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X70" s="3" t="s">
         <v>51</v>
       </c>
       <c r="Y70" s="3" t="s">
         <v>52</v>
       </c>
       <c r="Z70" s="3"/>
       <c r="AA70" s="3"/>
       <c r="AB70" s="17"/>
     </row>
-    <row r="71" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F71" s="3">
         <v>201</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>85</v>
       </c>
       <c r="I71" s="3">
         <v>201</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K71" s="3" t="s">
         <v>86</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M71" s="3">
         <v>69</v>
       </c>
       <c r="N71" s="9"/>
       <c r="O71" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q71" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>87</v>
       </c>
       <c r="S71" s="3" t="s">
         <v>88</v>
       </c>
       <c r="T71" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U71" s="3" t="s">
         <v>67</v>
       </c>
       <c r="V71" s="3" t="s">
         <v>68</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X71" s="3" t="s">
         <v>65</v>
       </c>
       <c r="Y71" s="3" t="s">
         <v>89</v>
       </c>
       <c r="Z71" s="3"/>
       <c r="AA71" s="3"/>
       <c r="AB71" s="17"/>
     </row>
-    <row r="72" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F72" s="3">
         <v>201</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I72" s="3">
         <v>201</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K72" s="3" t="s">
         <v>64</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M72" s="3">
         <v>70</v>
       </c>
       <c r="N72" s="9"/>
       <c r="O72" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q72" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>65</v>
       </c>
       <c r="S72" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T72" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U72" s="3" t="s">
         <v>67</v>
       </c>
       <c r="V72" s="3" t="s">
         <v>68</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X72" s="3" t="s">
         <v>69</v>
       </c>
       <c r="Y72" s="3" t="s">
         <v>70</v>
       </c>
       <c r="Z72" s="3"/>
       <c r="AA72" s="3"/>
       <c r="AB72" s="17"/>
     </row>
-    <row r="73" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F73" s="3">
         <v>201</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>248</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>249</v>
       </c>
       <c r="I73" s="3">
         <v>201</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K73" s="3" t="s">
         <v>250</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M73" s="3">
         <v>71</v>
       </c>
       <c r="N73" s="9"/>
       <c r="O73" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q73" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>251</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>252</v>
       </c>
       <c r="T73" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U73" s="3" t="s">
         <v>253</v>
       </c>
       <c r="V73" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X73" s="3" t="s">
         <v>255</v>
       </c>
       <c r="Y73" s="3" t="s">
         <v>672</v>
       </c>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="17"/>
     </row>
-    <row r="74" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F74" s="3">
         <v>201</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="I74" s="3">
         <v>201</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M74" s="3">
         <v>72</v>
       </c>
       <c r="N74" s="9"/>
       <c r="O74" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q74" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T74" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U74" s="3" t="s">
         <v>674</v>
       </c>
       <c r="V74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="Y74" s="3" t="s">
         <v>156</v>
       </c>
       <c r="Z74" s="3"/>
       <c r="AA74" s="3"/>
       <c r="AB74" s="17"/>
     </row>
-    <row r="75" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F75" s="3">
         <v>201</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="I75" s="3">
         <v>201</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K75" s="3" t="s">
         <v>158</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M75" s="3">
         <v>73</v>
       </c>
       <c r="N75" s="9"/>
       <c r="O75" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q75" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T75" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U75" s="3" t="s">
         <v>675</v>
       </c>
       <c r="V75" s="3" t="s">
         <v>159</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X75" s="3" t="s">
         <v>160</v>
       </c>
       <c r="Y75" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Z75" s="3"/>
       <c r="AA75" s="3"/>
       <c r="AB75" s="17"/>
     </row>
-    <row r="76" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F76" s="3">
         <v>201</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>162</v>
       </c>
       <c r="I76" s="3">
         <v>201</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K76" s="3" t="s">
         <v>163</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M76" s="3">
         <v>74</v>
       </c>
       <c r="N76" s="9"/>
       <c r="O76" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q76" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T76" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U76" s="3" t="s">
         <v>675</v>
       </c>
       <c r="V76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X76" s="3" t="s">
         <v>676</v>
       </c>
       <c r="Y76" s="3" t="s">
         <v>246</v>
       </c>
       <c r="Z76" s="3"/>
       <c r="AA76" s="3"/>
       <c r="AB76" s="17"/>
     </row>
-    <row r="77" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F77" s="3">
         <v>201</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>150</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>164</v>
       </c>
       <c r="I77" s="3">
         <v>201</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K77" s="3" t="s">
         <v>165</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M77" s="3">
         <v>75</v>
       </c>
       <c r="N77" s="9"/>
       <c r="O77" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q77" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T77" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U77" s="3" t="s">
         <v>677</v>
       </c>
       <c r="V77" s="3" t="s">
         <v>166</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X77" s="3" t="s">
         <v>678</v>
       </c>
       <c r="Y77" s="3" t="s">
         <v>679</v>
       </c>
       <c r="Z77" s="3"/>
       <c r="AA77" s="3"/>
       <c r="AB77" s="17"/>
     </row>
-    <row r="78" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A78" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F78" s="3">
         <v>201</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>277</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>278</v>
       </c>
       <c r="I78" s="3">
         <v>201</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K78" s="3" t="s">
         <v>279</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M78" s="3">
         <v>76</v>
       </c>
       <c r="N78" s="9"/>
       <c r="O78" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q78" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S78" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T78" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U78" s="3" t="s">
         <v>282</v>
       </c>
       <c r="V78" s="3" t="s">
         <v>680</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X78" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Y78" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z78" s="3"/>
       <c r="AA78" s="3"/>
       <c r="AB78" s="17"/>
     </row>
-    <row r="79" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A79" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F79" s="3">
         <v>201</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>277</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>284</v>
       </c>
       <c r="I79" s="3">
         <v>201</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K79" s="3" t="s">
         <v>285</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M79" s="3">
         <v>77</v>
       </c>
       <c r="N79" s="9"/>
       <c r="O79" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q79" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S79" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T79" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U79" s="3" t="s">
         <v>282</v>
       </c>
       <c r="V79" s="3" t="s">
         <v>680</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X79" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Y79" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z79" s="3"/>
       <c r="AA79" s="3"/>
       <c r="AB79" s="17"/>
     </row>
-    <row r="80" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A80" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F80" s="3">
         <v>201</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>277</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>286</v>
       </c>
       <c r="I80" s="3">
         <v>201</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K80" s="3" t="s">
         <v>287</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M80" s="3">
         <v>78</v>
       </c>
       <c r="N80" s="9"/>
       <c r="O80" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q80" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S80" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T80" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U80" s="3" t="s">
         <v>282</v>
       </c>
       <c r="V80" s="3" t="s">
         <v>680</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X80" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Y80" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z80" s="3"/>
       <c r="AA80" s="3"/>
       <c r="AB80" s="17"/>
     </row>
-    <row r="81" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A81" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F81" s="3">
         <v>201</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>124</v>
       </c>
       <c r="I81" s="3">
         <v>201</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K81" s="3" t="s">
         <v>125</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M81" s="3">
         <v>79</v>
       </c>
       <c r="N81" s="9"/>
       <c r="O81" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q81" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S81" s="3" t="s">
         <v>128</v>
       </c>
       <c r="T81" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U81" s="3" t="s">
         <v>129</v>
       </c>
       <c r="V81" s="3" t="s">
         <v>130</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X81" s="3" t="s">
         <v>657</v>
       </c>
       <c r="Y81" s="3" t="s">
         <v>658</v>
       </c>
       <c r="Z81" s="3"/>
       <c r="AA81" s="3"/>
       <c r="AB81" s="17"/>
     </row>
-    <row r="82" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F82" s="3">
         <v>201</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>131</v>
       </c>
       <c r="I82" s="3">
         <v>201</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K82" s="3" t="s">
         <v>132</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M82" s="3">
         <v>80</v>
       </c>
       <c r="N82" s="9"/>
       <c r="O82" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q82" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>133</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>134</v>
       </c>
       <c r="T82" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U82" s="3" t="s">
         <v>135</v>
       </c>
       <c r="V82" s="3" t="s">
         <v>136</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X82" s="6" t="s">
         <v>681</v>
       </c>
       <c r="Y82" s="3" t="s">
         <v>420</v>
       </c>
       <c r="Z82" s="3"/>
       <c r="AA82" s="3"/>
       <c r="AB82" s="17"/>
     </row>
-    <row r="83" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F83" s="3">
         <v>201</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>137</v>
       </c>
       <c r="I83" s="3">
         <v>201</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K83" s="3" t="s">
         <v>138</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M83" s="3">
         <v>81</v>
       </c>
       <c r="N83" s="9"/>
       <c r="O83" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P83" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q83" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R83" s="3" t="s">
         <v>139</v>
       </c>
       <c r="S83" s="3" t="s">
         <v>140</v>
       </c>
       <c r="T83" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U83" s="3" t="s">
         <v>129</v>
       </c>
       <c r="V83" s="3" t="s">
         <v>130</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X83" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Y83" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Z83" s="3"/>
       <c r="AA83" s="3"/>
       <c r="AB83" s="17"/>
     </row>
-    <row r="84" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F84" s="3">
         <v>201</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>188</v>
       </c>
       <c r="I84" s="3">
         <v>201</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K84" s="3" t="s">
         <v>189</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M84" s="3">
         <v>82</v>
       </c>
       <c r="N84" s="9"/>
       <c r="O84" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q84" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R84" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>186</v>
       </c>
       <c r="T84" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U84" s="3" t="s">
         <v>682</v>
       </c>
       <c r="V84" s="3" t="s">
         <v>683</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X84" s="3" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="Y84" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z84" s="3"/>
       <c r="AA84" s="3"/>
       <c r="AB84" s="17"/>
     </row>
-    <row r="85" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F85" s="3">
         <v>202</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>181</v>
       </c>
       <c r="I85" s="3">
         <v>201</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K85" s="3" t="s">
         <v>183</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M85" s="3">
         <v>83</v>
       </c>
       <c r="N85" s="9"/>
       <c r="O85" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q85" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S85" s="3" t="s">
         <v>186</v>
       </c>
       <c r="T85" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U85" s="3" t="s">
         <v>682</v>
       </c>
       <c r="V85" s="3" t="s">
         <v>683</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X85" s="3" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="Y85" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z85" s="3"/>
       <c r="AA85" s="3"/>
       <c r="AB85" s="17"/>
     </row>
-    <row r="86" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>239</v>
       </c>
       <c r="F86" s="3">
         <v>201</v>
       </c>
       <c r="G86" s="16" t="s">
         <v>240</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>241</v>
       </c>
       <c r="I86" s="3">
         <v>201</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K86" s="3" t="s">
         <v>242</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M86" s="3">
         <v>84</v>
       </c>
       <c r="N86" s="9"/>
       <c r="O86" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q86" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>243</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>244</v>
       </c>
       <c r="T86" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U86" s="3" t="s">
         <v>407</v>
       </c>
       <c r="V86" s="3" t="s">
         <v>408</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X86" s="6" t="s">
         <v>637</v>
       </c>
       <c r="Y86" s="3" t="s">
         <v>406</v>
       </c>
       <c r="Z86" s="3"/>
       <c r="AA86" s="3"/>
       <c r="AB86" s="17"/>
     </row>
-    <row r="87" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F87" s="3">
         <v>204</v>
       </c>
       <c r="G87" s="16" t="s">
         <v>54</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>55</v>
       </c>
       <c r="I87" s="3">
         <v>201</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K87" s="3" t="s">
         <v>56</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M87" s="3">
         <v>85</v>
       </c>
       <c r="N87" s="9"/>
       <c r="O87" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q87" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S87" s="3" t="s">
         <v>58</v>
       </c>
       <c r="T87" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U87" s="3" t="s">
         <v>59</v>
       </c>
       <c r="V87" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X87" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y87" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z87" s="3"/>
       <c r="AA87" s="3"/>
       <c r="AB87" s="17"/>
     </row>
-    <row r="88" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F88" s="3">
         <v>201</v>
       </c>
       <c r="G88" s="16" t="s">
         <v>54</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>75</v>
       </c>
       <c r="I88" s="3">
         <v>201</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K88" s="3" t="s">
         <v>76</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M88" s="3">
         <v>86</v>
       </c>
       <c r="N88" s="9"/>
       <c r="O88" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q88" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R88" s="3" t="s">
         <v>77</v>
       </c>
       <c r="S88" s="3" t="s">
         <v>78</v>
       </c>
       <c r="T88" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U88" s="3" t="s">
         <v>79</v>
       </c>
       <c r="V88" s="3" t="s">
         <v>80</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X88" s="3" t="s">
         <v>36</v>
       </c>
       <c r="Y88" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z88" s="3"/>
       <c r="AA88" s="3"/>
       <c r="AB88" s="17"/>
     </row>
-    <row r="89" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F89" s="3">
         <v>202</v>
       </c>
       <c r="G89" s="16" t="s">
         <v>54</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I89" s="3">
         <v>201</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K89" s="3" t="s">
         <v>84</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M89" s="3">
         <v>87</v>
       </c>
       <c r="N89" s="9"/>
       <c r="O89" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q89" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R89" s="3" t="s">
         <v>59</v>
       </c>
       <c r="S89" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T89" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U89" s="3" t="s">
         <v>57</v>
       </c>
       <c r="V89" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X89" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y89" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z89" s="3"/>
       <c r="AA89" s="3"/>
       <c r="AB89" s="17"/>
     </row>
-    <row r="90" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F90" s="3">
         <v>203</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>71</v>
       </c>
       <c r="I90" s="3">
         <v>201</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K90" s="3" t="s">
         <v>72</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M90" s="3">
         <v>88</v>
       </c>
       <c r="N90" s="9"/>
       <c r="O90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q90" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R90" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S90" s="3" t="s">
         <v>58</v>
       </c>
       <c r="T90" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U90" s="3" t="s">
         <v>59</v>
       </c>
       <c r="V90" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X90" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y90" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z90" s="3"/>
       <c r="AA90" s="3"/>
       <c r="AB90" s="17"/>
     </row>
-    <row r="91" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>257</v>
       </c>
       <c r="F91" s="3">
         <v>201</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>258</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>259</v>
       </c>
       <c r="I91" s="3">
         <v>201</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K91" s="3" t="s">
         <v>260</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M91" s="3">
         <v>89</v>
       </c>
       <c r="N91" s="9"/>
       <c r="O91" s="3" t="s">
         <v>126</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q91" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R91" s="3" t="s">
         <v>261</v>
       </c>
       <c r="S91" s="3" t="s">
         <v>262</v>
       </c>
       <c r="T91" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U91" s="3" t="s">
         <v>263</v>
       </c>
       <c r="V91" s="3" t="s">
         <v>264</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X91" s="3" t="s">
         <v>265</v>
       </c>
       <c r="Y91" s="3" t="s">
         <v>266</v>
       </c>
       <c r="Z91" s="3"/>
       <c r="AA91" s="3"/>
       <c r="AB91" s="17"/>
     </row>
-    <row r="92" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>203</v>
       </c>
       <c r="F92" s="3">
         <v>201</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>203</v>
       </c>
       <c r="I92" s="3">
         <v>201</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K92" s="3" t="s">
         <v>204</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M92" s="3">
         <v>90</v>
       </c>
       <c r="N92" s="9"/>
       <c r="O92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q92" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T92" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U92" s="3" t="s">
         <v>201</v>
       </c>
       <c r="V92" s="3" t="s">
         <v>202</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X92" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y92" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z92" s="3"/>
       <c r="AA92" s="3"/>
       <c r="AB92" s="17"/>
     </row>
-    <row r="93" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F93" s="3">
         <v>201</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>196</v>
       </c>
       <c r="I93" s="3">
         <v>201</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K93" s="3" t="s">
         <v>197</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M93" s="3">
         <v>91</v>
       </c>
       <c r="N93" s="9"/>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q93" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R93" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S93" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T93" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U93" s="3" t="s">
         <v>201</v>
       </c>
       <c r="V93" s="3" t="s">
         <v>202</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X93" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y93" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z93" s="3"/>
       <c r="AA93" s="3"/>
       <c r="AB93" s="17"/>
     </row>
-    <row r="94" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F94" s="3">
         <v>201</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>225</v>
       </c>
       <c r="I94" s="3">
         <v>201</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K94" s="3" t="s">
         <v>226</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M94" s="3">
         <v>92</v>
       </c>
       <c r="N94" s="9"/>
       <c r="O94" s="3" t="s">
         <v>126</v>
       </c>
       <c r="P94" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q94" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R94" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T94" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U94" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V94" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X94" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y94" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z94" s="3"/>
       <c r="AA94" s="3"/>
       <c r="AB94" s="17"/>
     </row>
-    <row r="95" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F95" s="3">
         <v>202</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>211</v>
       </c>
       <c r="I95" s="3">
         <v>201</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K95" s="3" t="s">
         <v>212</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M95" s="3">
         <v>93</v>
       </c>
       <c r="N95" s="9"/>
       <c r="O95" s="3" t="s">
         <v>126</v>
       </c>
       <c r="P95" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q95" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R95" s="3" t="s">
         <v>213</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>214</v>
       </c>
       <c r="T95" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U95" s="3" t="s">
         <v>215</v>
       </c>
       <c r="V95" s="3" t="s">
         <v>216</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X95" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y95" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z95" s="3"/>
       <c r="AA95" s="3"/>
       <c r="AB95" s="17"/>
     </row>
-    <row r="96" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F96" s="3">
         <v>201</v>
       </c>
       <c r="G96" s="16" t="s">
         <v>209</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>219</v>
       </c>
       <c r="I96" s="3">
         <v>201</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K96" s="3" t="s">
         <v>220</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M96" s="3">
         <v>94</v>
       </c>
       <c r="N96" s="9"/>
       <c r="O96" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q96" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R96" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T96" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U96" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V96" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X96" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y96" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z96" s="3"/>
       <c r="AA96" s="3"/>
       <c r="AB96" s="17"/>
     </row>
-    <row r="97" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F97" s="3">
         <v>201</v>
       </c>
       <c r="G97" s="16" t="s">
         <v>209</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>227</v>
       </c>
       <c r="I97" s="3">
         <v>201</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K97" s="3" t="s">
         <v>228</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M97" s="3">
         <v>95</v>
       </c>
       <c r="N97" s="9"/>
       <c r="O97" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q97" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R97" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T97" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U97" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V97" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X97" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y97" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z97" s="3"/>
       <c r="AA97" s="3"/>
       <c r="AB97" s="17"/>
     </row>
-    <row r="98" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F98" s="3">
         <v>202</v>
       </c>
       <c r="G98" s="16" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>117</v>
       </c>
       <c r="I98" s="3">
         <v>221</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K98" s="3" t="s">
         <v>118</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M98" s="3">
         <v>96</v>
       </c>
       <c r="N98" s="9"/>
       <c r="O98" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q98" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T98" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U98" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X98" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y98" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z98" s="3"/>
       <c r="AA98" s="3"/>
       <c r="AB98" s="17"/>
     </row>
-    <row r="99" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A99" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F99" s="3">
         <v>221</v>
       </c>
       <c r="G99" s="16" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>91</v>
       </c>
       <c r="I99" s="3">
         <v>221</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K99" s="3" t="s">
         <v>92</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M99" s="3">
         <v>97</v>
       </c>
       <c r="N99" s="9"/>
       <c r="O99" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q99" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T99" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U99" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X99" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y99" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z99" s="3"/>
       <c r="AA99" s="3"/>
       <c r="AB99" s="17"/>
     </row>
-    <row r="100" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A100" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F100" s="3">
         <v>203</v>
       </c>
       <c r="G100" s="16" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>105</v>
       </c>
       <c r="I100" s="3">
         <v>221</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K100" s="3" t="s">
         <v>106</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M100" s="3">
         <v>98</v>
       </c>
       <c r="N100" s="9"/>
       <c r="O100" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q100" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>41</v>
       </c>
       <c r="T100" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="V100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X100" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Y100" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z100" s="3"/>
       <c r="AA100" s="3"/>
       <c r="AB100" s="17"/>
     </row>
-    <row r="101" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F101" s="3">
         <v>202</v>
       </c>
       <c r="G101" s="16" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>94</v>
       </c>
       <c r="I101" s="3">
         <v>201</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K101" s="3" t="s">
         <v>95</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M101" s="3">
         <v>99</v>
       </c>
       <c r="N101" s="9"/>
       <c r="O101" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q101" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R101" s="3" t="s">
         <v>47</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>48</v>
       </c>
       <c r="T101" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U101" s="6" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="V101" s="3" t="s">
         <v>50</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X101" s="3" t="s">
         <v>51</v>
       </c>
       <c r="Y101" s="3" t="s">
         <v>52</v>
       </c>
       <c r="Z101" s="3"/>
       <c r="AA101" s="3"/>
       <c r="AB101" s="17"/>
     </row>
-    <row r="102" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A102" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F102" s="3">
         <v>204</v>
       </c>
       <c r="G102" s="16" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>101</v>
       </c>
       <c r="I102" s="3">
         <v>201</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K102" s="3" t="s">
         <v>102</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M102" s="3">
         <v>100</v>
       </c>
       <c r="N102" s="9"/>
       <c r="O102" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q102" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R102" s="3" t="s">
         <v>87</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>88</v>
       </c>
       <c r="T102" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U102" s="3" t="s">
         <v>67</v>
       </c>
       <c r="V102" s="3" t="s">
         <v>68</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="Y102" s="3" t="s">
         <v>89</v>
       </c>
       <c r="Z102" s="3"/>
       <c r="AA102" s="3"/>
       <c r="AB102" s="17"/>
     </row>
-    <row r="103" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A103" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F103" s="3">
         <v>201</v>
       </c>
       <c r="G103" s="16" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>99</v>
       </c>
       <c r="I103" s="3">
         <v>201</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K103" s="3" t="s">
         <v>100</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M103" s="3">
         <v>101</v>
       </c>
       <c r="N103" s="9"/>
       <c r="O103" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P103" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q103" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T103" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U103" s="3" t="s">
         <v>67</v>
       </c>
       <c r="V103" s="3" t="s">
         <v>68</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X103" s="3" t="s">
         <v>69</v>
       </c>
       <c r="Y103" s="3" t="s">
         <v>70</v>
       </c>
       <c r="Z103" s="3"/>
       <c r="AA103" s="3"/>
       <c r="AB103" s="17"/>
     </row>
-    <row r="104" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A104" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F104" s="3">
         <v>203</v>
       </c>
       <c r="G104" s="16" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>107</v>
       </c>
       <c r="I104" s="3">
         <v>201</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K104" s="3" t="s">
         <v>108</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M104" s="3">
         <v>102</v>
       </c>
       <c r="N104" s="9"/>
       <c r="O104" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P104" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q104" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R104" s="3" t="s">
         <v>109</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>110</v>
       </c>
       <c r="T104" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U104" s="3" t="s">
         <v>111</v>
       </c>
       <c r="V104" s="3" t="s">
         <v>112</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X104" s="3" t="s">
         <v>113</v>
       </c>
       <c r="Y104" s="3" t="s">
         <v>114</v>
       </c>
       <c r="Z104" s="3"/>
       <c r="AA104" s="3"/>
       <c r="AB104" s="17"/>
     </row>
-    <row r="105" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A105" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F105" s="3">
         <v>201</v>
       </c>
       <c r="G105" s="16" t="s">
         <v>248</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>271</v>
       </c>
       <c r="I105" s="3">
         <v>201</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K105" s="3" t="s">
         <v>272</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M105" s="3">
         <v>103</v>
       </c>
       <c r="N105" s="9"/>
       <c r="O105" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P105" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q105" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R105" s="3" t="s">
         <v>251</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>252</v>
       </c>
       <c r="T105" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U105" s="3" t="s">
         <v>253</v>
@@ -11885,51 +11871,51 @@
       <c r="D106" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F106" s="3">
         <v>201</v>
       </c>
       <c r="G106" s="16" t="s">
         <v>150</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>168</v>
       </c>
       <c r="I106" s="3">
         <v>201</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K106" s="3" t="s">
         <v>169</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M106" s="3">
         <v>104</v>
       </c>
       <c r="N106" s="9"/>
       <c r="O106" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q106" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R106" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T106" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U106" s="3" t="s">
         <v>674</v>
@@ -11963,51 +11949,51 @@
       <c r="D107" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F107" s="3">
         <v>202</v>
       </c>
       <c r="G107" s="16" t="s">
         <v>150</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>170</v>
       </c>
       <c r="I107" s="3">
         <v>201</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K107" s="3" t="s">
         <v>171</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M107" s="3">
         <v>105</v>
       </c>
       <c r="N107" s="9"/>
       <c r="O107" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P107" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q107" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R107" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T107" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U107" s="3" t="s">
         <v>675</v>
@@ -12041,51 +12027,51 @@
       <c r="D108" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F108" s="3">
         <v>204</v>
       </c>
       <c r="G108" s="16" t="s">
         <v>150</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>172</v>
       </c>
       <c r="I108" s="3">
         <v>201</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K108" s="3" t="s">
         <v>173</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M108" s="3">
         <v>106</v>
       </c>
       <c r="N108" s="9"/>
       <c r="O108" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P108" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q108" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R108" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T108" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U108" s="3" t="s">
         <v>675</v>
@@ -12119,51 +12105,51 @@
       <c r="D109" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>167</v>
       </c>
       <c r="F109" s="3">
         <v>203</v>
       </c>
       <c r="G109" s="16" t="s">
         <v>150</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>176</v>
       </c>
       <c r="I109" s="3">
         <v>201</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K109" s="3" t="s">
         <v>177</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M109" s="3">
         <v>107</v>
       </c>
       <c r="N109" s="9"/>
       <c r="O109" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q109" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R109" s="3" t="s">
         <v>673</v>
       </c>
       <c r="S109" s="3" t="s">
         <v>153</v>
       </c>
       <c r="T109" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U109" s="3" t="s">
         <v>677</v>
@@ -12197,51 +12183,51 @@
       <c r="D110" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F110" s="3">
         <v>201</v>
       </c>
       <c r="G110" s="16" t="s">
         <v>277</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>289</v>
       </c>
       <c r="I110" s="3">
         <v>201</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K110" s="3" t="s">
         <v>290</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M110" s="3">
         <v>108</v>
       </c>
       <c r="N110" s="9"/>
       <c r="O110" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q110" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R110" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S110" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T110" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U110" s="3" t="s">
         <v>282</v>
@@ -12275,51 +12261,51 @@
       <c r="D111" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F111" s="3">
         <v>202</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>277</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>291</v>
       </c>
       <c r="I111" s="3">
         <v>201</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K111" s="3" t="s">
         <v>292</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M111" s="3">
         <v>109</v>
       </c>
       <c r="N111" s="9"/>
       <c r="O111" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P111" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q111" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R111" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S111" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T111" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U111" s="3" t="s">
         <v>282</v>
@@ -12353,909 +12339,909 @@
       <c r="D112" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>288</v>
       </c>
       <c r="F112" s="3">
         <v>203</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>277</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>293</v>
       </c>
       <c r="I112" s="3">
         <v>201</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K112" s="3" t="s">
         <v>294</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="M112" s="3">
         <v>110</v>
       </c>
       <c r="N112" s="9"/>
       <c r="O112" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P112" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q112" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R112" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S112" s="7" t="s">
         <v>281</v>
       </c>
       <c r="T112" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U112" s="3" t="s">
         <v>282</v>
       </c>
       <c r="V112" s="3" t="s">
         <v>680</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X112" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Y112" s="3" t="s">
         <v>254</v>
       </c>
       <c r="Z112" s="3"/>
       <c r="AA112" s="3"/>
       <c r="AB112" s="17"/>
     </row>
-    <row r="113" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C113" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F113" s="3">
         <v>201</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>142</v>
       </c>
       <c r="I113" s="3">
         <v>201</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K113" s="3" t="s">
         <v>143</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M113" s="3">
         <v>111</v>
       </c>
       <c r="N113" s="9"/>
       <c r="O113" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P113" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q113" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R113" s="3" t="s">
         <v>127</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>128</v>
       </c>
       <c r="T113" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U113" s="3" t="s">
         <v>129</v>
       </c>
       <c r="V113" s="3" t="s">
         <v>130</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X113" s="3" t="s">
         <v>657</v>
       </c>
       <c r="Y113" s="3" t="s">
         <v>658</v>
       </c>
       <c r="Z113" s="3"/>
       <c r="AA113" s="3"/>
       <c r="AB113" s="17"/>
     </row>
-    <row r="114" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F114" s="3">
         <v>203</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>144</v>
       </c>
       <c r="I114" s="3">
         <v>201</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K114" s="3" t="s">
         <v>145</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M114" s="3">
         <v>112</v>
       </c>
       <c r="N114" s="9"/>
       <c r="O114" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P114" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q114" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R114" s="3" t="s">
         <v>135</v>
       </c>
       <c r="S114" s="3" t="s">
         <v>136</v>
       </c>
       <c r="T114" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U114" s="3" t="s">
         <v>681</v>
       </c>
       <c r="V114" s="3" t="s">
         <v>420</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X114" s="3" t="s">
         <v>133</v>
       </c>
       <c r="Y114" s="3" t="s">
         <v>134</v>
       </c>
       <c r="Z114" s="3"/>
       <c r="AA114" s="3"/>
       <c r="AB114" s="17"/>
     </row>
-    <row r="115" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C115" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>141</v>
       </c>
       <c r="F115" s="3">
         <v>202</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>123</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>146</v>
       </c>
       <c r="I115" s="3">
         <v>201</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K115" s="3" t="s">
         <v>147</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M115" s="3">
         <v>113</v>
       </c>
       <c r="N115" s="9"/>
       <c r="O115" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P115" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q115" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R115" s="3" t="s">
         <v>129</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T115" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U115" s="3" t="s">
         <v>139</v>
       </c>
       <c r="V115" s="3" t="s">
         <v>140</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X115" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Y115" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Z115" s="3"/>
       <c r="AA115" s="3"/>
       <c r="AB115" s="17"/>
     </row>
-    <row r="116" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C116" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F116" s="3">
         <v>201</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>193</v>
       </c>
       <c r="I116" s="3">
         <v>201</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K116" s="3" t="s">
         <v>194</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M116" s="3">
         <v>114</v>
       </c>
       <c r="N116" s="9"/>
       <c r="O116" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P116" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q116" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R116" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S116" s="3" t="s">
         <v>186</v>
       </c>
       <c r="T116" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U116" s="3" t="s">
         <v>682</v>
       </c>
       <c r="V116" s="3" t="s">
         <v>683</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X116" s="3" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="Y116" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z116" s="3"/>
       <c r="AA116" s="3"/>
       <c r="AB116" s="17"/>
     </row>
-    <row r="117" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>190</v>
       </c>
       <c r="F117" s="3">
         <v>202</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>191</v>
       </c>
       <c r="I117" s="3">
         <v>201</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K117" s="3" t="s">
         <v>192</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M117" s="3">
         <v>115</v>
       </c>
       <c r="N117" s="9"/>
       <c r="O117" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q117" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R117" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S117" s="3" t="s">
         <v>186</v>
       </c>
       <c r="T117" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U117" s="3" t="s">
         <v>682</v>
       </c>
       <c r="V117" s="3" t="s">
         <v>683</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X117" s="3" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="Y117" s="3" t="s">
         <v>671</v>
       </c>
       <c r="Z117" s="3"/>
       <c r="AA117" s="3"/>
       <c r="AB117" s="17"/>
     </row>
-    <row r="118" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F118" s="3">
         <v>201</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>268</v>
       </c>
       <c r="I118" s="3">
         <v>201</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K118" s="3" t="s">
         <v>269</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M118" s="3">
         <v>116</v>
       </c>
       <c r="N118" s="9"/>
       <c r="O118" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P118" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q118" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R118" s="3" t="s">
         <v>407</v>
       </c>
       <c r="S118" s="3" t="s">
         <v>408</v>
       </c>
       <c r="T118" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U118" s="3" t="s">
         <v>243</v>
       </c>
       <c r="V118" s="3" t="s">
         <v>244</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X118" s="3" t="s">
         <v>637</v>
       </c>
       <c r="Y118" s="3" t="s">
         <v>406</v>
       </c>
       <c r="Z118" s="3"/>
       <c r="AA118" s="3"/>
       <c r="AB118" s="17"/>
     </row>
-    <row r="119" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F119" s="3">
         <v>204</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>97</v>
       </c>
       <c r="I119" s="3">
         <v>201</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K119" s="3" t="s">
         <v>98</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M119" s="3">
         <v>117</v>
       </c>
       <c r="N119" s="9"/>
       <c r="O119" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P119" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q119" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S119" s="3" t="s">
         <v>58</v>
       </c>
       <c r="T119" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U119" s="3" t="s">
         <v>59</v>
       </c>
       <c r="V119" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X119" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y119" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z119" s="3"/>
       <c r="AA119" s="3"/>
       <c r="AB119" s="17"/>
     </row>
-    <row r="120" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F120" s="3">
         <v>201</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>115</v>
       </c>
       <c r="I120" s="3">
         <v>201</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K120" s="3" t="s">
         <v>116</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M120" s="3">
         <v>118</v>
       </c>
       <c r="N120" s="9"/>
       <c r="O120" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q120" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R120" s="3" t="s">
         <v>77</v>
       </c>
       <c r="S120" s="3" t="s">
         <v>78</v>
       </c>
       <c r="T120" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U120" s="3" t="s">
         <v>79</v>
       </c>
       <c r="V120" s="3" t="s">
         <v>80</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X120" s="3" t="s">
         <v>36</v>
       </c>
       <c r="Y120" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z120" s="3"/>
       <c r="AA120" s="3"/>
       <c r="AB120" s="17"/>
     </row>
-    <row r="121" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F121" s="3">
         <v>202</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>119</v>
       </c>
       <c r="I121" s="3">
         <v>201</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K121" s="3" t="s">
         <v>120</v>
       </c>
       <c r="L121" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M121" s="3">
         <v>119</v>
       </c>
       <c r="N121" s="9"/>
       <c r="O121" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q121" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>59</v>
       </c>
       <c r="S121" s="3" t="s">
         <v>60</v>
       </c>
       <c r="T121" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U121" s="3" t="s">
         <v>57</v>
       </c>
       <c r="V121" s="3" t="s">
         <v>58</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X121" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y121" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z121" s="3"/>
       <c r="AA121" s="3"/>
       <c r="AB121" s="17"/>
     </row>
-    <row r="122" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C122" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F122" s="3">
         <v>203</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>103</v>
       </c>
       <c r="I122" s="3">
         <v>201</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K122" s="3" t="s">
         <v>104</v>
       </c>
       <c r="L122" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M122" s="3">
         <v>120</v>
       </c>
       <c r="N122" s="9"/>
       <c r="O122" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P122" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q122" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R122" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S122" s="3" t="s">
         <v>58</v>
       </c>
       <c r="T122" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U122" s="3" t="s">
         <v>59</v>
       </c>
       <c r="V122" s="3" t="s">
         <v>60</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X122" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Y122" s="3" t="s">
         <v>62</v>
       </c>
       <c r="Z122" s="3"/>
       <c r="AA122" s="3"/>
       <c r="AB122" s="17"/>
     </row>
-    <row r="123" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F123" s="3">
         <v>201</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>258</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>274</v>
       </c>
       <c r="I123" s="3">
         <v>201</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K123" s="3" t="s">
         <v>275</v>
       </c>
       <c r="L123" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M123" s="3">
         <v>121</v>
       </c>
       <c r="N123" s="9"/>
       <c r="O123" s="18" t="s">
         <v>126</v>
       </c>
       <c r="P123" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q123" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R123" s="3" t="s">
         <v>263</v>
       </c>
       <c r="S123" s="3" t="s">
         <v>264</v>
       </c>
       <c r="T123" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U123" s="3" t="s">
         <v>261</v>
@@ -13289,51 +13275,51 @@
       <c r="D124" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F124" s="3">
         <v>201</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>207</v>
       </c>
       <c r="I124" s="3">
         <v>201</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K124" s="3" t="s">
         <v>208</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M124" s="3">
         <v>122</v>
       </c>
       <c r="N124" s="9"/>
       <c r="O124" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P124" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q124" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R124" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S124" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T124" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U124" s="3" t="s">
         <v>201</v>
@@ -13367,4419 +13353,4419 @@
       <c r="D125" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F125" s="3">
         <v>201</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>195</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>205</v>
       </c>
       <c r="I125" s="3">
         <v>201</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K125" s="3" t="s">
         <v>206</v>
       </c>
       <c r="L125" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M125" s="3">
         <v>123</v>
       </c>
       <c r="N125" s="9"/>
       <c r="O125" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q125" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R125" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S125" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T125" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U125" s="3" t="s">
         <v>201</v>
       </c>
       <c r="V125" s="3" t="s">
         <v>202</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X125" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y125" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z125" s="3"/>
       <c r="AA125" s="3"/>
       <c r="AB125" s="17"/>
     </row>
-    <row r="126" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A126" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F126" s="3">
         <v>201</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>234</v>
       </c>
       <c r="I126" s="3">
         <v>201</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K126" s="3" t="s">
         <v>235</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M126" s="3">
         <v>124</v>
       </c>
       <c r="N126" s="9"/>
       <c r="O126" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P126" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q126" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R126" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S126" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T126" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U126" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V126" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X126" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y126" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z126" s="3"/>
       <c r="AA126" s="3"/>
       <c r="AB126" s="17"/>
     </row>
-    <row r="127" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A127" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F127" s="3">
         <v>202</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>230</v>
       </c>
       <c r="I127" s="3">
         <v>201</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K127" s="3" t="s">
         <v>231</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M127" s="3">
         <v>125</v>
       </c>
       <c r="N127" s="9"/>
       <c r="O127" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P127" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q127" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R127" s="3" t="s">
         <v>213</v>
       </c>
       <c r="S127" s="3" t="s">
         <v>214</v>
       </c>
       <c r="T127" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U127" s="3" t="s">
         <v>215</v>
       </c>
       <c r="V127" s="3" t="s">
         <v>216</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X127" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y127" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z127" s="3"/>
       <c r="AA127" s="3"/>
       <c r="AB127" s="17"/>
     </row>
-    <row r="128" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A128" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F128" s="3">
         <v>203</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>232</v>
       </c>
       <c r="I128" s="3">
         <v>201</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K128" s="3" t="s">
         <v>233</v>
       </c>
       <c r="L128" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M128" s="3">
         <v>126</v>
       </c>
       <c r="N128" s="9"/>
       <c r="O128" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P128" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q128" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R128" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S128" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T128" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U128" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V128" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X128" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y128" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z128" s="3"/>
       <c r="AA128" s="3"/>
       <c r="AB128" s="17"/>
     </row>
-    <row r="129" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A129" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C129" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>229</v>
       </c>
       <c r="F129" s="3">
         <v>204</v>
       </c>
       <c r="G129" s="16" t="s">
         <v>209</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>236</v>
       </c>
       <c r="I129" s="3">
         <v>201</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K129" s="3" t="s">
         <v>237</v>
       </c>
       <c r="L129" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M129" s="3">
         <v>127</v>
       </c>
       <c r="N129" s="9"/>
       <c r="O129" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P129" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q129" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R129" s="3" t="s">
         <v>221</v>
       </c>
       <c r="S129" s="3" t="s">
         <v>222</v>
       </c>
       <c r="T129" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U129" s="3" t="s">
         <v>223</v>
       </c>
       <c r="V129" s="3" t="s">
         <v>224</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X129" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Y129" s="3" t="s">
         <v>214</v>
       </c>
       <c r="Z129" s="3"/>
       <c r="AA129" s="3"/>
       <c r="AB129" s="17"/>
     </row>
-    <row r="130" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A130" s="19" t="s">
         <v>26</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>493</v>
       </c>
       <c r="F130" s="3">
         <v>211</v>
       </c>
       <c r="G130" s="16" t="s">
         <v>494</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>495</v>
       </c>
       <c r="I130" s="3">
         <v>211</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K130" s="6" t="s">
         <v>496</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M130" s="3">
         <v>128</v>
       </c>
       <c r="N130" s="9"/>
       <c r="O130" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P130" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q130" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R130" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S130" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T130" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U130" s="3" t="s">
         <v>498</v>
       </c>
       <c r="V130" s="3" t="s">
         <v>499</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X130" s="3" t="s">
         <v>500</v>
       </c>
       <c r="Y130" s="3" t="s">
         <v>501</v>
       </c>
       <c r="Z130" s="3"/>
       <c r="AA130" s="3"/>
       <c r="AB130" s="17"/>
     </row>
-    <row r="131" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A131" s="19" t="s">
         <v>25</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F131" s="3">
         <v>211</v>
       </c>
       <c r="G131" s="16" t="s">
         <v>494</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>503</v>
       </c>
       <c r="I131" s="3">
         <v>211</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K131" s="6" t="s">
         <v>504</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M131" s="3">
         <v>129</v>
       </c>
       <c r="N131" s="9"/>
       <c r="O131" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P131" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q131" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R131" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S131" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T131" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U131" s="3" t="s">
         <v>505</v>
       </c>
       <c r="V131" s="3" t="s">
         <v>506</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X131" s="3" t="s">
         <v>500</v>
       </c>
       <c r="Y131" s="3" t="s">
         <v>501</v>
       </c>
       <c r="Z131" s="3"/>
       <c r="AA131" s="3"/>
       <c r="AB131" s="17"/>
     </row>
-    <row r="132" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A132" s="19" t="s">
         <v>638</v>
       </c>
       <c r="B132" s="20"/>
       <c r="C132" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E132" s="16" t="s">
         <v>639</v>
       </c>
       <c r="F132" s="3">
         <v>201</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H132" s="16" t="s">
         <v>640</v>
       </c>
       <c r="I132" s="3">
         <v>202</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K132" s="3" t="s">
         <v>641</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M132" s="3">
         <v>130</v>
       </c>
       <c r="N132" s="9"/>
       <c r="O132" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="9" t="s">
         <v>198</v>
       </c>
       <c r="Q132" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R132" s="3" t="s">
         <v>532</v>
       </c>
       <c r="S132" s="3" t="s">
         <v>533</v>
       </c>
       <c r="T132" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U132" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V132" s="3" t="s">
         <v>526</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X132" s="3" t="s">
         <v>516</v>
       </c>
       <c r="Y132" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z132" s="3"/>
       <c r="AA132" s="3"/>
       <c r="AB132" s="17"/>
     </row>
-    <row r="133" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A133" s="19" t="s">
         <v>638</v>
       </c>
       <c r="B133" s="20"/>
       <c r="C133" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E133" s="16" t="s">
         <v>639</v>
       </c>
       <c r="F133" s="3">
         <v>201</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H133" s="16" t="s">
         <v>640</v>
       </c>
       <c r="I133" s="3">
         <v>201</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K133" s="3" t="s">
         <v>642</v>
       </c>
       <c r="L133" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M133" s="3">
         <v>131</v>
       </c>
       <c r="N133" s="9"/>
       <c r="O133" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P133" s="9" t="s">
         <v>198</v>
       </c>
       <c r="Q133" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R133" s="3" t="s">
         <v>532</v>
       </c>
       <c r="S133" s="3" t="s">
         <v>533</v>
       </c>
       <c r="T133" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U133" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V133" s="4" t="s">
         <v>526</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X133" s="3" t="s">
         <v>515</v>
       </c>
       <c r="Y133" s="3" t="s">
         <v>476</v>
       </c>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="17"/>
     </row>
-    <row r="134" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A134" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B134" s="3"/>
       <c r="C134" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>510</v>
       </c>
       <c r="F134" s="3">
         <v>201</v>
       </c>
       <c r="G134" s="16" t="s">
         <v>511</v>
       </c>
       <c r="H134" s="3" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="I134" s="3">
         <v>201</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K134" s="21" t="s">
         <v>684</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M134" s="3">
         <v>132</v>
       </c>
       <c r="N134" s="9"/>
       <c r="O134" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q134" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R134" s="3" t="s">
         <v>514</v>
       </c>
       <c r="S134" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T134" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U134" s="4" t="s">
         <v>515</v>
       </c>
       <c r="V134" s="3" t="s">
         <v>476</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X134" s="3" t="s">
         <v>516</v>
       </c>
       <c r="Y134" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z134" s="3"/>
       <c r="AA134" s="3"/>
       <c r="AB134" s="17"/>
     </row>
-    <row r="135" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A135" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B135" s="3"/>
       <c r="C135" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>517</v>
       </c>
       <c r="F135" s="3">
         <v>201</v>
       </c>
       <c r="G135" s="16" t="s">
         <v>511</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="I135" s="3">
         <v>201</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K135" s="21" t="s">
         <v>685</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M135" s="3">
         <v>133</v>
       </c>
       <c r="N135" s="9"/>
       <c r="O135" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P135" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q135" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R135" s="3" t="s">
         <v>515</v>
       </c>
       <c r="S135" s="3" t="s">
         <v>476</v>
       </c>
       <c r="T135" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U135" s="3" t="s">
         <v>516</v>
       </c>
       <c r="V135" s="3" t="s">
         <v>37</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X135" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Y135" s="3" t="s">
         <v>521</v>
       </c>
       <c r="Z135" s="3"/>
       <c r="AA135" s="3"/>
       <c r="AB135" s="17"/>
     </row>
-    <row r="136" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A136" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B136" s="3"/>
       <c r="C136" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F136" s="3">
         <v>201</v>
       </c>
       <c r="G136" s="16" t="s">
         <v>511</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="I136" s="3">
         <v>201</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K136" s="21" t="s">
         <v>686</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M136" s="3">
         <v>134</v>
       </c>
       <c r="N136" s="9"/>
       <c r="O136" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P136" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q136" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R136" s="3" t="s">
         <v>520</v>
       </c>
       <c r="S136" s="3" t="s">
         <v>521</v>
       </c>
       <c r="T136" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U136" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V136" s="3" t="s">
         <v>526</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X136" s="3" t="s">
         <v>527</v>
       </c>
       <c r="Y136" s="3" t="s">
         <v>528</v>
       </c>
       <c r="Z136" s="3"/>
       <c r="AA136" s="3"/>
       <c r="AB136" s="17"/>
     </row>
-    <row r="137" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A137" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B137" s="3"/>
       <c r="C137" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>529</v>
       </c>
       <c r="F137" s="3">
         <v>201</v>
       </c>
       <c r="G137" s="16" t="s">
         <v>511</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
       <c r="I137" s="3">
         <v>201</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K137" s="21" t="s">
         <v>687</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M137" s="3">
         <v>135</v>
       </c>
       <c r="N137" s="9"/>
       <c r="O137" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P137" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q137" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R137" s="3" t="s">
         <v>527</v>
       </c>
       <c r="S137" s="3" t="s">
         <v>528</v>
       </c>
       <c r="T137" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U137" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V137" s="3" t="s">
         <v>526</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X137" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Y137" s="3" t="s">
         <v>521</v>
       </c>
       <c r="Z137" s="3" t="s">
         <v>35</v>
       </c>
       <c r="AA137" s="3" t="s">
         <v>532</v>
       </c>
       <c r="AB137" s="17" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="138" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A138" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="F138" s="3"/>
       <c r="G138" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="I138" s="3">
         <v>201</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K138" s="3" t="s">
         <v>688</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M138" s="3">
         <v>136</v>
       </c>
       <c r="N138" s="9"/>
       <c r="O138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q138" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R138" s="3" t="s">
         <v>516</v>
       </c>
       <c r="S138" s="3" t="s">
         <v>37</v>
       </c>
       <c r="T138" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U138" s="3" t="s">
         <v>514</v>
       </c>
       <c r="V138" s="3" t="s">
         <v>539</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X138" s="3" t="s">
         <v>515</v>
       </c>
       <c r="Y138" s="3" t="s">
         <v>476</v>
       </c>
       <c r="Z138" s="3" t="s">
         <v>35</v>
       </c>
       <c r="AA138" s="3" t="s">
         <v>532</v>
       </c>
       <c r="AB138" s="17" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="139" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A139" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B139" s="3"/>
       <c r="C139" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>510</v>
       </c>
       <c r="F139" s="3">
         <v>201</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>512</v>
       </c>
       <c r="I139" s="3">
         <v>201</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K139" s="3" t="s">
         <v>513</v>
       </c>
       <c r="L139" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M139" s="3">
         <v>137</v>
       </c>
       <c r="N139" s="9"/>
       <c r="O139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P139" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q139" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R139" s="3" t="s">
         <v>514</v>
       </c>
       <c r="S139" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T139" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U139" s="3" t="s">
         <v>515</v>
       </c>
       <c r="V139" s="3" t="s">
         <v>476</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X139" s="3" t="s">
         <v>516</v>
       </c>
       <c r="Y139" s="3" t="s">
         <v>37</v>
       </c>
       <c r="Z139" s="3"/>
       <c r="AA139" s="3"/>
       <c r="AB139" s="17"/>
     </row>
-    <row r="140" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A140" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B140" s="3"/>
       <c r="C140" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>517</v>
       </c>
       <c r="F140" s="3">
         <v>201</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>518</v>
       </c>
       <c r="I140" s="3">
         <v>201</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K140" s="3" t="s">
         <v>519</v>
       </c>
       <c r="L140" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M140" s="3">
         <v>138</v>
       </c>
       <c r="N140" s="9"/>
       <c r="O140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q140" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R140" s="3" t="s">
         <v>515</v>
       </c>
       <c r="S140" s="3" t="s">
         <v>476</v>
       </c>
       <c r="T140" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U140" s="3" t="s">
         <v>516</v>
       </c>
       <c r="V140" s="3" t="s">
         <v>37</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X140" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Y140" s="3" t="s">
         <v>521</v>
       </c>
       <c r="Z140" s="3"/>
       <c r="AA140" s="3"/>
       <c r="AB140" s="17"/>
     </row>
-    <row r="141" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A141" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B141" s="3"/>
       <c r="C141" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F141" s="3">
         <v>201</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>523</v>
       </c>
       <c r="I141" s="3">
         <v>201</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K141" s="3" t="s">
         <v>524</v>
       </c>
       <c r="L141" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M141" s="3">
         <v>139</v>
       </c>
       <c r="N141" s="9"/>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q141" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R141" s="3" t="s">
         <v>520</v>
       </c>
       <c r="S141" s="3" t="s">
         <v>521</v>
       </c>
       <c r="T141" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U141" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V141" s="3" t="s">
         <v>526</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X141" s="3" t="s">
         <v>527</v>
       </c>
       <c r="Y141" s="3" t="s">
         <v>528</v>
       </c>
       <c r="Z141" s="3"/>
       <c r="AA141" s="3"/>
       <c r="AB141" s="17"/>
     </row>
-    <row r="142" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A142" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B142" s="3"/>
       <c r="C142" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>529</v>
       </c>
       <c r="F142" s="3">
         <v>201</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>530</v>
       </c>
       <c r="I142" s="3">
         <v>201</v>
       </c>
       <c r="J142" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K142" s="3" t="s">
         <v>531</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M142" s="3">
         <v>140</v>
       </c>
       <c r="N142" s="9"/>
       <c r="O142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P142" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q142" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R142" s="3" t="s">
         <v>527</v>
       </c>
       <c r="S142" s="3" t="s">
         <v>528</v>
       </c>
       <c r="T142" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U142" s="3" t="s">
         <v>525</v>
       </c>
       <c r="V142" s="3" t="s">
         <v>526</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X142" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Y142" s="3" t="s">
         <v>521</v>
       </c>
       <c r="Z142" s="3" t="s">
         <v>35</v>
       </c>
       <c r="AA142" s="3" t="s">
         <v>532</v>
       </c>
       <c r="AB142" s="17" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="143" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A143" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B143" s="3"/>
       <c r="C143" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>534</v>
       </c>
       <c r="F143" s="3">
         <v>201</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>535</v>
       </c>
       <c r="I143" s="3">
         <v>201</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K143" s="3" t="s">
         <v>536</v>
       </c>
       <c r="L143" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M143" s="3">
         <v>141</v>
       </c>
       <c r="N143" s="9"/>
       <c r="O143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q143" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R143" s="3" t="s">
         <v>525</v>
       </c>
       <c r="S143" s="3" t="s">
         <v>526</v>
       </c>
       <c r="T143" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U143" s="3" t="s">
         <v>527</v>
       </c>
       <c r="V143" s="3" t="s">
         <v>528</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X143" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Y143" s="3" t="s">
         <v>521</v>
       </c>
       <c r="Z143" s="3"/>
       <c r="AA143" s="3"/>
       <c r="AB143" s="17"/>
     </row>
-    <row r="144" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A144" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="F144" s="3"/>
       <c r="G144" s="3" t="s">
         <v>511</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>537</v>
       </c>
       <c r="I144" s="3">
         <v>201</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K144" s="3" t="s">
         <v>538</v>
       </c>
       <c r="L144" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M144" s="3">
         <v>142</v>
       </c>
       <c r="N144" s="9"/>
       <c r="O144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P144" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q144" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R144" s="3" t="s">
         <v>516</v>
       </c>
       <c r="S144" s="3" t="s">
         <v>37</v>
       </c>
       <c r="T144" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U144" s="3" t="s">
         <v>527</v>
       </c>
       <c r="V144" s="3" t="s">
         <v>528</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X144" s="3" t="s">
         <v>515</v>
       </c>
       <c r="Y144" s="3" t="s">
         <v>476</v>
       </c>
       <c r="Z144" s="3" t="s">
         <v>35</v>
       </c>
       <c r="AA144" s="3" t="s">
         <v>532</v>
       </c>
       <c r="AB144" s="17" t="s">
         <v>533</v>
       </c>
     </row>
-    <row r="145" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A145" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B145" s="3"/>
       <c r="C145" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F145" s="3">
         <v>999</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>541</v>
       </c>
       <c r="I145" s="3">
         <v>999</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K145" s="3" t="s">
         <v>542</v>
       </c>
       <c r="L145" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M145" s="3">
         <v>143</v>
       </c>
       <c r="N145" s="9"/>
       <c r="O145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q145" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R145" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="S145" s="3" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="T145" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U145" s="3" t="s">
         <v>543</v>
       </c>
       <c r="V145" s="3" t="s">
         <v>544</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X145" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Y145" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Z145" s="3"/>
       <c r="AA145" s="3"/>
       <c r="AB145" s="17"/>
     </row>
-    <row r="146" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A146" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B146" s="3"/>
       <c r="C146" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>540</v>
       </c>
       <c r="F146" s="3">
         <v>999</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>546</v>
       </c>
       <c r="I146" s="3">
         <v>999</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K146" s="3" t="s">
         <v>547</v>
       </c>
       <c r="L146" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M146" s="3">
         <v>144</v>
       </c>
       <c r="N146" s="9"/>
       <c r="O146" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q146" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R146" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="S146" s="3" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="T146" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U146" s="3" t="s">
         <v>543</v>
       </c>
       <c r="V146" s="3" t="s">
         <v>544</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X146" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Y146" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Z146" s="3"/>
       <c r="AA146" s="3"/>
       <c r="AB146" s="17"/>
     </row>
-    <row r="147" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A147" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B147" s="3"/>
       <c r="C147" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>548</v>
       </c>
       <c r="F147" s="3">
         <v>221</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>549</v>
       </c>
       <c r="I147" s="3">
         <v>221</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K147" s="3" t="s">
         <v>550</v>
       </c>
       <c r="L147" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M147" s="3">
         <v>145</v>
       </c>
       <c r="N147" s="9"/>
       <c r="O147" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P147" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q147" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R147" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S147" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T147" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U147" s="3" t="s">
         <v>500</v>
       </c>
       <c r="V147" s="3" t="s">
         <v>501</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X147" s="3" t="s">
         <v>689</v>
       </c>
       <c r="Y147" s="3" t="s">
         <v>690</v>
       </c>
       <c r="Z147" s="3"/>
       <c r="AA147" s="3"/>
       <c r="AB147" s="17"/>
     </row>
-    <row r="148" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A148" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B148" s="3"/>
       <c r="C148" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>148</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F148" s="3">
         <v>211</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>148</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>552</v>
       </c>
       <c r="I148" s="3">
         <v>211</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K148" s="21" t="s">
         <v>553</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M148" s="3">
         <v>146</v>
       </c>
       <c r="N148" s="9"/>
       <c r="O148" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P148" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q148" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R148" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S148" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T148" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U148" s="3" t="s">
         <v>500</v>
       </c>
       <c r="V148" s="3" t="s">
         <v>501</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X148" s="3" t="s">
         <v>505</v>
       </c>
       <c r="Y148" s="3" t="s">
         <v>506</v>
       </c>
       <c r="Z148" s="3"/>
       <c r="AA148" s="3"/>
       <c r="AB148" s="17"/>
     </row>
-    <row r="149" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A149" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D149" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>554</v>
       </c>
       <c r="F149" s="3">
         <v>201</v>
       </c>
       <c r="G149" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>554</v>
       </c>
       <c r="I149" s="3">
         <v>201</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K149" s="3" t="s">
         <v>556</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M149" s="3">
         <v>147</v>
       </c>
       <c r="N149" s="9"/>
       <c r="O149" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q149" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R149" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S149" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T149" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U149" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V149" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X149" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y149" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z149" s="3"/>
       <c r="AA149" s="3"/>
       <c r="AB149" s="17"/>
     </row>
-    <row r="150" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A150" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B150" s="3"/>
       <c r="C150" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F150" s="3">
         <v>201</v>
       </c>
       <c r="G150" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>560</v>
       </c>
       <c r="I150" s="3">
         <v>201</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K150" s="3" t="s">
         <v>561</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M150" s="3">
         <v>148</v>
       </c>
       <c r="N150" s="9"/>
       <c r="O150" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q150" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R150" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S150" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T150" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U150" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V150" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X150" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y150" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z150" s="3"/>
       <c r="AA150" s="3"/>
       <c r="AB150" s="17"/>
     </row>
-    <row r="151" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A151" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B151" s="3"/>
       <c r="C151" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>562</v>
       </c>
       <c r="F151" s="3">
         <v>201</v>
       </c>
       <c r="G151" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>562</v>
       </c>
       <c r="I151" s="3">
         <v>201</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K151" s="3" t="s">
         <v>563</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M151" s="3">
         <v>149</v>
       </c>
       <c r="N151" s="9"/>
       <c r="O151" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P151" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q151" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R151" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S151" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T151" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U151" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V151" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X151" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y151" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z151" s="3"/>
       <c r="AA151" s="3"/>
       <c r="AB151" s="17"/>
     </row>
-    <row r="152" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A152" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B152" s="3"/>
       <c r="C152" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F152" s="3">
         <v>201</v>
       </c>
       <c r="G152" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>564</v>
       </c>
       <c r="I152" s="3">
         <v>201</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K152" s="3" t="s">
         <v>565</v>
       </c>
       <c r="L152" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M152" s="3">
         <v>150</v>
       </c>
       <c r="N152" s="9"/>
       <c r="O152" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q152" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R152" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S152" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T152" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U152" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V152" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X152" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y152" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z152" s="3"/>
       <c r="AA152" s="3"/>
       <c r="AB152" s="17"/>
     </row>
-    <row r="153" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A153" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B153" s="3"/>
       <c r="C153" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D153" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>566</v>
       </c>
       <c r="F153" s="3">
         <v>201</v>
       </c>
       <c r="G153" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>566</v>
       </c>
       <c r="I153" s="3">
         <v>201</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K153" s="3" t="s">
         <v>567</v>
       </c>
       <c r="L153" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M153" s="3">
         <v>151</v>
       </c>
       <c r="N153" s="9"/>
       <c r="O153" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q153" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R153" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S153" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T153" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U153" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V153" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X153" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y153" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z153" s="3"/>
       <c r="AA153" s="3"/>
       <c r="AB153" s="17"/>
     </row>
-    <row r="154" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A154" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B154" s="3"/>
       <c r="C154" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F154" s="3">
         <v>201</v>
       </c>
       <c r="G154" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>568</v>
       </c>
       <c r="I154" s="3">
         <v>201</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K154" s="3" t="s">
         <v>569</v>
       </c>
       <c r="L154" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M154" s="3">
         <v>152</v>
       </c>
       <c r="N154" s="9"/>
       <c r="O154" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q154" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R154" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S154" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T154" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U154" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V154" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X154" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y154" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z154" s="3"/>
       <c r="AA154" s="3"/>
       <c r="AB154" s="17"/>
     </row>
-    <row r="155" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A155" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B155" s="3"/>
       <c r="C155" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F155" s="3">
         <v>201</v>
       </c>
       <c r="G155" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>570</v>
       </c>
       <c r="I155" s="3">
         <v>201</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K155" s="3" t="s">
         <v>571</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M155" s="3">
         <v>153</v>
       </c>
       <c r="N155" s="9"/>
       <c r="O155" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P155" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q155" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R155" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S155" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T155" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U155" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V155" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X155" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y155" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z155" s="3"/>
       <c r="AA155" s="3"/>
       <c r="AB155" s="17"/>
     </row>
-    <row r="156" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A156" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B156" s="3"/>
       <c r="C156" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F156" s="3">
         <v>201</v>
       </c>
       <c r="G156" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>572</v>
       </c>
       <c r="I156" s="3">
         <v>201</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K156" s="3" t="s">
         <v>573</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M156" s="3">
         <v>154</v>
       </c>
       <c r="N156" s="9"/>
       <c r="O156" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q156" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R156" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S156" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T156" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U156" s="3" t="s">
         <v>558</v>
       </c>
       <c r="V156" s="3" t="s">
         <v>559</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X156" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y156" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z156" s="3"/>
       <c r="AA156" s="3"/>
       <c r="AB156" s="17"/>
     </row>
-    <row r="157" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A157" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B157" s="3"/>
       <c r="C157" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>574</v>
       </c>
       <c r="F157" s="3">
         <v>201</v>
       </c>
       <c r="G157" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>574</v>
       </c>
       <c r="I157" s="3">
         <v>201</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K157" s="3" t="s">
         <v>575</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M157" s="3">
         <v>155</v>
       </c>
       <c r="N157" s="9"/>
       <c r="O157" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q157" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R157" s="3" t="s">
         <v>576</v>
       </c>
       <c r="S157" s="3" t="s">
         <v>577</v>
       </c>
       <c r="T157" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U157" s="3" t="s">
         <v>557</v>
       </c>
       <c r="V157" s="3" t="s">
         <v>187</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X157" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y157" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z157" s="3"/>
       <c r="AA157" s="3"/>
       <c r="AB157" s="17"/>
     </row>
-    <row r="158" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A158" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B158" s="3"/>
       <c r="C158" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>579</v>
       </c>
       <c r="F158" s="3">
         <v>999</v>
       </c>
       <c r="G158" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>579</v>
       </c>
       <c r="I158" s="3">
         <v>999</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K158" s="3" t="s">
         <v>580</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M158" s="3">
         <v>156</v>
       </c>
       <c r="N158" s="9"/>
       <c r="O158" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P158" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q158" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R158" s="3" t="s">
         <v>578</v>
       </c>
       <c r="S158" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T158" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U158" s="3" t="s">
         <v>309</v>
       </c>
       <c r="V158" s="3" t="s">
         <v>310</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X158" s="3" t="s">
         <v>693</v>
       </c>
       <c r="Y158" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z158" s="3"/>
       <c r="AA158" s="3"/>
       <c r="AB158" s="17"/>
     </row>
-    <row r="159" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A159" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>581</v>
       </c>
       <c r="F159" s="3">
         <v>999</v>
       </c>
       <c r="G159" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H159" s="3" t="s">
         <v>581</v>
       </c>
       <c r="I159" s="3">
         <v>999</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K159" s="3" t="s">
         <v>582</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M159" s="3">
         <v>157</v>
       </c>
       <c r="N159" s="9"/>
       <c r="O159" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P159" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q159" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R159" s="3" t="s">
         <v>578</v>
       </c>
       <c r="S159" s="3" t="s">
         <v>200</v>
       </c>
       <c r="T159" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U159" s="3" t="s">
         <v>309</v>
       </c>
       <c r="V159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X159" s="3" t="s">
         <v>693</v>
       </c>
       <c r="Y159" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z159" s="3"/>
       <c r="AA159" s="3"/>
       <c r="AB159" s="17"/>
     </row>
-    <row r="160" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A160" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B160" s="3"/>
       <c r="C160" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F160" s="3">
         <v>201</v>
       </c>
       <c r="G160" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>583</v>
       </c>
       <c r="I160" s="3">
         <v>201</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K160" s="3" t="s">
         <v>584</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M160" s="3">
         <v>158</v>
       </c>
       <c r="N160" s="9"/>
       <c r="O160" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P160" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q160" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R160" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S160" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T160" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U160" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V160" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X160" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y160" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z160" s="3"/>
       <c r="AA160" s="3"/>
       <c r="AB160" s="17"/>
     </row>
-    <row r="161" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A161" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B161" s="3"/>
       <c r="C161" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>585</v>
       </c>
       <c r="F161" s="3">
         <v>201</v>
       </c>
       <c r="G161" s="16" t="s">
         <v>555</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>585</v>
       </c>
       <c r="I161" s="3">
         <v>201</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K161" s="3" t="s">
         <v>586</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M161" s="3">
         <v>159</v>
       </c>
       <c r="N161" s="9"/>
       <c r="O161" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q161" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R161" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S161" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T161" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U161" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V161" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X161" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y161" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z161" s="3"/>
       <c r="AA161" s="3"/>
       <c r="AB161" s="17"/>
     </row>
-    <row r="162" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A162" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B162" s="3"/>
       <c r="C162" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>587</v>
       </c>
       <c r="F162" s="3">
         <v>201</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>587</v>
       </c>
       <c r="I162" s="3">
         <v>201</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K162" s="3" t="s">
         <v>588</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M162" s="3">
         <v>160</v>
       </c>
       <c r="N162" s="9"/>
       <c r="O162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q162" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R162" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S162" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T162" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U162" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V162" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X162" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y162" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z162" s="3"/>
       <c r="AA162" s="3"/>
       <c r="AB162" s="17"/>
     </row>
-    <row r="163" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A163" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B163" s="3"/>
       <c r="C163" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>589</v>
       </c>
       <c r="F163" s="3">
         <v>201</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>589</v>
       </c>
       <c r="I163" s="3">
         <v>201</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K163" s="3" t="s">
         <v>590</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M163" s="3">
         <v>161</v>
       </c>
       <c r="N163" s="9"/>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q163" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R163" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S163" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T163" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U163" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V163" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X163" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y163" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z163" s="3"/>
       <c r="AA163" s="3"/>
       <c r="AB163" s="17"/>
     </row>
-    <row r="164" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A164" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B164" s="3"/>
       <c r="C164" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F164" s="3">
         <v>201</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>591</v>
       </c>
       <c r="I164" s="3">
         <v>201</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K164" s="3" t="s">
         <v>592</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M164" s="3">
         <v>162</v>
       </c>
       <c r="N164" s="9"/>
       <c r="O164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P164" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q164" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R164" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S164" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T164" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U164" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V164" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X164" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y164" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z164" s="3"/>
       <c r="AA164" s="3"/>
       <c r="AB164" s="17"/>
     </row>
-    <row r="165" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A165" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B165" s="3"/>
       <c r="C165" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>593</v>
       </c>
       <c r="F165" s="3">
         <v>201</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>593</v>
       </c>
       <c r="I165" s="3">
         <v>201</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K165" s="3" t="s">
         <v>594</v>
       </c>
       <c r="L165" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M165" s="3">
         <v>163</v>
       </c>
       <c r="N165" s="9"/>
       <c r="O165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P165" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q165" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R165" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S165" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T165" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U165" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V165" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X165" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y165" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z165" s="3"/>
       <c r="AA165" s="3"/>
       <c r="AB165" s="17"/>
     </row>
-    <row r="166" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A166" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B166" s="3"/>
       <c r="C166" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F166" s="3">
         <v>201</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>595</v>
       </c>
       <c r="I166" s="3">
         <v>201</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K166" s="3" t="s">
         <v>596</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M166" s="3">
         <v>164</v>
       </c>
       <c r="N166" s="9"/>
       <c r="O166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q166" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R166" s="3" t="s">
         <v>576</v>
       </c>
       <c r="S166" s="3" t="s">
         <v>577</v>
       </c>
       <c r="T166" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U166" s="3" t="s">
         <v>557</v>
       </c>
       <c r="V166" s="3" t="s">
         <v>187</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X166" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y166" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z166" s="3"/>
       <c r="AA166" s="3"/>
       <c r="AB166" s="17"/>
     </row>
-    <row r="167" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A167" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B167" s="3"/>
       <c r="C167" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>597</v>
       </c>
       <c r="F167" s="3">
         <v>201</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>597</v>
       </c>
       <c r="I167" s="3">
         <v>201</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K167" s="3" t="s">
         <v>598</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M167" s="3">
         <v>165</v>
       </c>
       <c r="N167" s="9"/>
       <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P167" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q167" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R167" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S167" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T167" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U167" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V167" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X167" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y167" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z167" s="3"/>
       <c r="AA167" s="3"/>
       <c r="AB167" s="17"/>
     </row>
-    <row r="168" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B168" s="3"/>
       <c r="C168" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>599</v>
       </c>
       <c r="F168" s="3">
         <v>201</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>599</v>
       </c>
       <c r="I168" s="3">
         <v>201</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K168" s="3" t="s">
         <v>600</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M168" s="3">
         <v>166</v>
       </c>
       <c r="N168" s="9"/>
       <c r="O168" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P168" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q168" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R168" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S168" s="3" t="s">
         <v>254</v>
       </c>
       <c r="T168" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U168" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V168" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X168" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y168" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z168" s="3"/>
       <c r="AA168" s="3"/>
       <c r="AB168" s="17"/>
     </row>
-    <row r="169" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B169" s="3"/>
       <c r="C169" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>601</v>
       </c>
       <c r="F169" s="3">
         <v>201</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>601</v>
       </c>
       <c r="I169" s="3">
         <v>201</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K169" s="3" t="s">
         <v>602</v>
       </c>
       <c r="L169" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M169" s="3">
         <v>167</v>
       </c>
       <c r="N169" s="9"/>
       <c r="O169" s="9" t="s">
         <v>34</v>
       </c>
       <c r="P169" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q169" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R169" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S169" s="3" t="s">
         <v>187</v>
       </c>
       <c r="T169" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U169" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V169" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X169" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y169" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z169" s="3"/>
       <c r="AA169" s="3"/>
       <c r="AB169" s="17"/>
     </row>
-    <row r="170" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B170" s="3"/>
       <c r="C170" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>603</v>
       </c>
       <c r="F170" s="3">
         <v>201</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>603</v>
       </c>
       <c r="I170" s="3">
         <v>201</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K170" s="3" t="s">
         <v>604</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M170" s="3">
         <v>168</v>
       </c>
       <c r="N170" s="9"/>
       <c r="O170" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P170" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q170" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R170" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S170" s="5" t="s">
         <v>187</v>
       </c>
       <c r="T170" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U170" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V170" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X170" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y170" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z170" s="3"/>
       <c r="AA170" s="3"/>
       <c r="AB170" s="17"/>
     </row>
-    <row r="171" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B171" s="3"/>
       <c r="C171" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F171" s="3">
         <v>201</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H171" s="3" t="s">
         <v>605</v>
       </c>
       <c r="I171" s="3">
         <v>201</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K171" s="3" t="s">
         <v>606</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M171" s="3">
         <v>169</v>
       </c>
       <c r="N171" s="9"/>
       <c r="O171" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P171" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q171" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R171" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S171" s="5" t="s">
         <v>187</v>
       </c>
       <c r="T171" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U171" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V171" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X171" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y171" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z171" s="3"/>
       <c r="AA171" s="3"/>
       <c r="AB171" s="17"/>
     </row>
-    <row r="172" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A172" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B172" s="3"/>
       <c r="C172" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>607</v>
       </c>
       <c r="F172" s="3">
         <v>201</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>607</v>
       </c>
       <c r="I172" s="3">
         <v>201</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K172" s="3" t="s">
         <v>608</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M172" s="3">
         <v>170</v>
       </c>
       <c r="N172" s="9"/>
       <c r="O172" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q172" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R172" s="3" t="s">
         <v>557</v>
       </c>
       <c r="S172" s="5" t="s">
         <v>187</v>
       </c>
       <c r="T172" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U172" s="3" t="s">
-        <v>309</v>
+        <v>558</v>
       </c>
       <c r="V172" s="3" t="s">
-        <v>310</v>
+        <v>559</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X172" s="3" t="s">
         <v>691</v>
       </c>
       <c r="Y172" s="3" t="s">
         <v>692</v>
       </c>
       <c r="Z172" s="3"/>
       <c r="AA172" s="3"/>
       <c r="AB172" s="17"/>
     </row>
-    <row r="173" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A173" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B173" s="3"/>
       <c r="C173" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>609</v>
       </c>
       <c r="F173" s="3">
         <v>201</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>609</v>
       </c>
       <c r="I173" s="3">
         <v>201</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K173" s="3" t="s">
         <v>610</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M173" s="3">
         <v>171</v>
       </c>
       <c r="N173" s="9"/>
       <c r="O173" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P173" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q173" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R173" s="3" t="s">
         <v>576</v>
       </c>
       <c r="S173" s="5" t="s">
         <v>577</v>
       </c>
       <c r="T173" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U173" s="3" t="s">
         <v>557</v>
       </c>
       <c r="V173" s="3" t="s">
         <v>187</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X173" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Y173" s="3" t="s">
         <v>323</v>
       </c>
       <c r="Z173" s="3"/>
       <c r="AA173" s="3"/>
       <c r="AB173" s="17"/>
     </row>
-    <row r="174" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A174" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B174" s="3"/>
       <c r="C174" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F174" s="3">
         <v>201</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>611</v>
       </c>
       <c r="I174" s="3">
         <v>201</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K174" s="3" t="s">
         <v>612</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M174" s="3">
         <v>172</v>
       </c>
       <c r="N174" s="9"/>
       <c r="O174" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q174" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R174" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S174" s="5" t="s">
         <v>254</v>
       </c>
       <c r="T174" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U174" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V174" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X174" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y174" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z174" s="3"/>
       <c r="AA174" s="3"/>
       <c r="AB174" s="17"/>
     </row>
-    <row r="175" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A175" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B175" s="3"/>
       <c r="C175" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>195</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F175" s="3">
         <v>201</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>613</v>
       </c>
       <c r="I175" s="3">
         <v>201</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K175" s="3" t="s">
         <v>614</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M175" s="3">
         <v>173</v>
       </c>
       <c r="N175" s="9"/>
       <c r="O175" s="18" t="s">
         <v>34</v>
       </c>
       <c r="P175" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q175" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R175" s="3" t="s">
         <v>694</v>
       </c>
       <c r="S175" s="5" t="s">
         <v>254</v>
       </c>
       <c r="T175" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U175" s="3" t="s">
-        <v>695</v>
+        <v>557</v>
       </c>
       <c r="V175" s="3" t="s">
-        <v>310</v>
+        <v>187</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X175" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Y175" s="3" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="Z175" s="3"/>
       <c r="AA175" s="3"/>
       <c r="AB175" s="17"/>
     </row>
-    <row r="176" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A176" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B176" s="3"/>
       <c r="C176" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>615</v>
       </c>
       <c r="F176" s="3">
         <v>999</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>616</v>
       </c>
       <c r="I176" s="3">
         <v>999</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K176" s="3" t="s">
         <v>617</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M176" s="3">
         <v>174</v>
       </c>
       <c r="N176" s="9"/>
       <c r="O176" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P176" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q176" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R176" s="3" t="s">
         <v>398</v>
       </c>
       <c r="S176" s="3" t="s">
         <v>399</v>
       </c>
       <c r="T176" s="3" t="s">
         <v>46</v>
       </c>
       <c r="U176" s="3" t="s">
         <v>618</v>
       </c>
       <c r="V176" s="3" t="s">
         <v>528</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X176" s="3" t="s">
         <v>475</v>
       </c>
       <c r="Y176" s="3" t="s">
         <v>476</v>
       </c>
       <c r="Z176" s="3"/>
       <c r="AA176" s="3"/>
       <c r="AB176" s="17"/>
     </row>
-    <row r="177" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A177" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B177" s="3"/>
       <c r="C177" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>619</v>
       </c>
       <c r="F177" s="3">
         <v>221</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>620</v>
       </c>
       <c r="I177" s="3">
         <v>221</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K177" s="3" t="s">
         <v>621</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M177" s="3">
         <v>175</v>
       </c>
       <c r="N177" s="9"/>
       <c r="O177" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P177" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q177" s="3" t="s">
         <v>46</v>
       </c>
       <c r="R177" s="3" t="s">
         <v>477</v>
       </c>
       <c r="S177" s="3" t="s">
         <v>478</v>
       </c>
       <c r="T177" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U177" s="3" t="s">
         <v>622</v>
       </c>
       <c r="V177" s="3" t="s">
         <v>406</v>
       </c>
       <c r="W177" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X177" s="3" t="s">
         <v>475</v>
       </c>
       <c r="Y177" s="3" t="s">
         <v>476</v>
       </c>
       <c r="Z177" s="3"/>
       <c r="AA177" s="3"/>
       <c r="AB177" s="17"/>
     </row>
-    <row r="178" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A178" s="15" t="s">
         <v>509</v>
       </c>
       <c r="B178" s="3"/>
       <c r="C178" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>623</v>
       </c>
       <c r="F178" s="3">
         <v>201</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>209</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>624</v>
       </c>
       <c r="I178" s="3">
         <v>201</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K178" s="3" t="s">
         <v>625</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M178" s="3">
         <v>176</v>
       </c>
       <c r="N178" s="9"/>
       <c r="O178" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P178" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q178" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="S178" s="3" t="s">
         <v>476</v>
       </c>
       <c r="T178" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U178" s="3" t="s">
         <v>402</v>
       </c>
       <c r="V178" s="3" t="s">
         <v>395</v>
       </c>
       <c r="W178" s="3" t="s">
         <v>46</v>
       </c>
       <c r="X178" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Y178" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Z178" s="3"/>
       <c r="AA178" s="3"/>
       <c r="AB178" s="17"/>
     </row>
-    <row r="179" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:28" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B179" s="3"/>
       <c r="C179" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>626</v>
       </c>
       <c r="F179" s="3">
         <v>231</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>627</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>628</v>
       </c>
       <c r="I179" s="3">
         <v>231</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>182</v>
       </c>
       <c r="K179" s="3" t="s">
         <v>629</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M179" s="3">
         <v>177</v>
       </c>
       <c r="N179" s="9"/>
       <c r="O179" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P179" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q179" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R179" s="3" t="s">
         <v>630</v>
       </c>
       <c r="S179" s="3" t="s">
         <v>252</v>
       </c>
       <c r="T179" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U179" s="3" t="s">
         <v>253</v>
       </c>
       <c r="V179" s="3" t="s">
         <v>254</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X179" s="3" t="s">
         <v>631</v>
       </c>
       <c r="Y179" s="3" t="s">
         <v>632</v>
       </c>
       <c r="Z179" s="3"/>
       <c r="AA179" s="3"/>
       <c r="AB179" s="3"/>
     </row>
-    <row r="180" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:28" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B180" s="3"/>
       <c r="C180" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>633</v>
       </c>
       <c r="F180" s="3">
         <v>211</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>240</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>634</v>
       </c>
       <c r="I180" s="3">
         <v>211</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>32</v>
       </c>
       <c r="K180" s="3" t="s">
         <v>635</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M180" s="3">
         <v>178</v>
       </c>
       <c r="N180" s="9"/>
       <c r="O180" s="9" t="s">
         <v>126</v>
       </c>
       <c r="P180" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q180" s="3" t="s">
         <v>35</v>
       </c>
       <c r="R180" s="3" t="s">
         <v>636</v>
       </c>
       <c r="S180" s="3" t="s">
         <v>245</v>
       </c>
       <c r="T180" s="3" t="s">
         <v>35</v>
       </c>
       <c r="U180" s="3" t="s">
         <v>243</v>
       </c>
       <c r="V180" s="3" t="s">
         <v>244</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>35</v>
       </c>
       <c r="X180" s="3" t="s">
         <v>637</v>
       </c>
       <c r="Y180" s="3" t="s">
         <v>406</v>
       </c>
       <c r="Z180" s="3"/>
       <c r="AA180" s="3"/>
       <c r="AB180" s="3"/>
     </row>
-    <row r="181" spans="1:28" s="22" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:28" s="22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A181" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B181" s="24" t="s">
         <v>508</v>
       </c>
       <c r="C181" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D181" s="24" t="s">
         <v>238</v>
       </c>
       <c r="E181" s="24" t="s">
         <v>270</v>
       </c>
       <c r="F181" s="24">
         <v>201</v>
       </c>
       <c r="G181" s="25" t="s">
         <v>248</v>
       </c>
       <c r="H181" s="24" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="I181" s="24">
         <v>201</v>
       </c>
       <c r="J181" s="24" t="s">
         <v>32</v>
       </c>
       <c r="K181" s="24" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="L181" s="24" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M181" s="24">
         <v>180</v>
       </c>
       <c r="N181" s="26"/>
       <c r="O181" s="26" t="s">
         <v>126</v>
       </c>
       <c r="P181" s="24" t="s">
         <v>198</v>
       </c>
       <c r="Q181" s="24" t="s">
         <v>35</v>
       </c>
       <c r="R181" s="24" t="s">
         <v>251</v>
       </c>
       <c r="S181" s="24" t="s">
         <v>252</v>
       </c>
       <c r="T181" s="24" t="s">
         <v>35</v>
       </c>
       <c r="U181" s="24" t="s">
         <v>253</v>
       </c>
       <c r="V181" s="24" t="s">
         <v>254</v>
       </c>
       <c r="W181" s="24" t="s">
         <v>35</v>
       </c>
       <c r="X181" s="24" t="s">
         <v>255</v>
       </c>
       <c r="Y181" s="24" t="s">
         <v>256</v>
       </c>
       <c r="Z181" s="24"/>
       <c r="AA181" s="24"/>
       <c r="AB181" s="24"/>
     </row>
-    <row r="182" spans="1:28" s="14" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:28" s="14" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A182" s="23" t="s">
         <v>26</v>
       </c>
       <c r="B182" s="24" t="s">
         <v>507</v>
       </c>
       <c r="C182" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D182" s="24" t="s">
         <v>238</v>
       </c>
       <c r="E182" s="24" t="s">
         <v>247</v>
       </c>
       <c r="F182" s="24">
         <v>201</v>
       </c>
       <c r="G182" s="25" t="s">
         <v>248</v>
       </c>
       <c r="H182" s="24" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="I182" s="24">
         <v>201</v>
       </c>
       <c r="J182" s="24" t="s">
         <v>32</v>
       </c>
       <c r="K182" s="24" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="L182" s="24" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="M182" s="24">
         <v>179</v>
       </c>
       <c r="N182" s="26"/>
       <c r="O182" s="26" t="s">
         <v>126</v>
       </c>
       <c r="P182" s="24" t="s">
         <v>198</v>
       </c>
       <c r="Q182" s="24" t="s">
         <v>35</v>
       </c>
       <c r="R182" s="24" t="s">
         <v>251</v>
       </c>
       <c r="S182" s="24" t="s">
         <v>252</v>
       </c>
       <c r="T182" s="24" t="s">
         <v>35</v>
       </c>
       <c r="U182" s="24" t="s">
         <v>253</v>