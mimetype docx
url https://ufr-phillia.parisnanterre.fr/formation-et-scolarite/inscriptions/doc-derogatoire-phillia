--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -2,3356 +2,3547 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="006E480E" w:rsidRPr="00C62A39" w:rsidRDefault="000910BB" w:rsidP="007103F6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+    <w:p w:rsidR="006E480E" w:rsidRPr="007C1F4F" w:rsidRDefault="000910BB" w:rsidP="007103F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3634105</wp:posOffset>
+              <wp:posOffset>3636335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-156845</wp:posOffset>
+              <wp:posOffset>-159488</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3185216" cy="962025"/>
+            <wp:extent cx="3030279" cy="915230"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="upn-logo-cmjn-ufr-phillia.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3185216" cy="962025"/>
+                      <a:ext cx="3039863" cy="918125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="006E480E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidR="006E480E" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bâtiment RICOEUR - L</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E480E" w:rsidRPr="00C62A39" w:rsidRDefault="006E480E" w:rsidP="006E480E">
+    <w:p w:rsidR="006E480E" w:rsidRPr="007C1F4F" w:rsidRDefault="006E480E" w:rsidP="006E480E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C62A39">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">200, avenue de </w:t>
+        <w:t>200, avenue de la République</w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PersonName">
-[...11 lines deleted...]
-      </w:smartTag>
     </w:p>
-    <w:p w:rsidR="006E480E" w:rsidRDefault="006E480E" w:rsidP="006E480E">
+    <w:p w:rsidR="006E480E" w:rsidRPr="007C1F4F" w:rsidRDefault="006E480E" w:rsidP="006E480E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C62A39">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>92001 Nanterre Cedex</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E480E" w:rsidRPr="008478AA" w:rsidRDefault="00FE7CF6" w:rsidP="006E480E">
+    <w:p w:rsidR="006E480E" w:rsidRPr="007C1F4F" w:rsidRDefault="00FE7CF6" w:rsidP="006E480E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Affaire suivie par </w:t>
       </w:r>
-      <w:r w:rsidR="00154A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidR="007C1F4F" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...25 lines deleted...]
-        <w:t>…….</w:t>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007005A3" w:rsidRPr="008478AA" w:rsidRDefault="007005A3" w:rsidP="006E480E">
+    <w:p w:rsidR="007005A3" w:rsidRPr="007C1F4F" w:rsidRDefault="007005A3" w:rsidP="006E480E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">@ : </w:t>
       </w:r>
-      <w:r w:rsidR="00154A54">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidR="007C1F4F" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-        <w:t>............................</w:t>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
       </w:r>
-      <w:r w:rsidR="00900912">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidR="00900912" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
-      <w:r w:rsidR="008F402A" w:rsidRPr="008478AA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
+      <w:r w:rsidR="008F402A" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>parisnanterre.fr</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E480E" w:rsidRDefault="006E480E" w:rsidP="00402FA2">
+    <w:p w:rsidR="006E480E" w:rsidRPr="00D44445" w:rsidRDefault="006E480E" w:rsidP="00402FA2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-          <w:szCs w:val="44"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000910BB" w:rsidRPr="00154A54" w:rsidRDefault="00154A54" w:rsidP="00402FA2">
+    <w:p w:rsidR="000910BB" w:rsidRPr="00E21154" w:rsidRDefault="00154A54" w:rsidP="00402FA2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21154">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demande </w:t>
+      </w:r>
+      <w:r w:rsidR="006446D4" w:rsidRPr="00E21154">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>de Régime Spécial d’Etudes (RSE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008920A2" w:rsidRPr="00E21154" w:rsidRDefault="008920A2" w:rsidP="00402FA2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00154A54">
+      <w:r w:rsidRPr="00E21154">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>Demande d’inscription au régime d’examen en dérogatoire</w:t>
+        <w:t xml:space="preserve">Année Universitaire </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="004B4D42" w:rsidRPr="00E21154">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="32"/>
-[...19 lines deleted...]
-        <w:t>2023/2024</w:t>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>2025/2026</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="347"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1696"/>
-        <w:gridCol w:w="6194"/>
+        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="2876"/>
+        <w:gridCol w:w="2876"/>
+        <w:gridCol w:w="2876"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
+      <w:tr w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidTr="00DE29E2">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6194" w:type="dxa"/>
+            <w:tcW w:w="2876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00154A54" w:rsidRPr="00FE7CF6" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prénom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
+      <w:tr w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidTr="00DE29E2">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="6194" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N° étudiant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00154A54" w:rsidRPr="00FE7CF6" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...35 lines deleted...]
-            <w:tcW w:w="6194" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...36 lines deleted...]
-            <w:tcW w:w="6194" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diplôme/Mention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
+      <w:tr w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidTr="00DE29E2">
         <w:trPr>
-          <w:trHeight w:val="229"/>
+          <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="1828" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...17 lines deleted...]
-            <w:tcW w:w="6194" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Parcours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8628" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...41 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE29E2" w:rsidRPr="00D44445" w:rsidRDefault="00DE29E2" w:rsidP="00DE29E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007103F6" w:rsidRDefault="007103F6" w:rsidP="00CA1623">
+    <w:p w:rsidR="007103F6" w:rsidRPr="00D44445" w:rsidRDefault="007103F6" w:rsidP="00CA1623">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00CA1623">
+    <w:p w:rsidR="00154A54" w:rsidRPr="00D44445" w:rsidRDefault="00154A54" w:rsidP="00CA1623">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00154A54">
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Attention :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00154A54">
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les enseignements dispensés par d’autre</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005746DE" w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> UFR ou structure que l’UFR PHILLIA ne sont pas pris en compte dans cette demande. Merci de vous rapprocher directement auprès de ces derniers.</w:t>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UFR ou structure que l’UFR PHILLIA ne sont pas pris en compte dans cette demande. Merci de vous rapprocher </w:t>
+      </w:r>
+      <w:r w:rsidR="000169AA" w:rsidRPr="00D44445">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de l’UFR concernée</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154A54" w:rsidRPr="005746DE" w:rsidRDefault="005746DE" w:rsidP="00154A54">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00D71963" w:rsidP="00D71963">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005746DE">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0A73" w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Indiquez</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si ce sont tous les cours cochez : </w:t>
       </w:r>
-      <w:r w:rsidR="00154A54" w:rsidRPr="005746DE">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-144130536"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AA0A73" w:rsidRPr="00D44445">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="000000" w:themeColor="text1"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AA0A73" w:rsidRPr="00D44445">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tous les EC de la formation (semestre 1 et 2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D71963" w:rsidRPr="00D44445" w:rsidRDefault="00D71963" w:rsidP="00D71963">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve"> la liste des cours de l’UFR PHILLIA pour lesquels vous demandez un régime dérogatoire :</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2 - Si ce sont des cours spécifiques de l’UFR PHILLIA</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00D44445">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> complétez le tableau ci-dessous:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="2589"/>
+        <w:gridCol w:w="7601"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00D71963">
         <w:trPr>
-          <w:gridBefore w:val="2"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5300" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRPr="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+            <w:tcW w:w="2589" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00DE29E2" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00DE29E2" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE29E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CODE EC*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00DE29E2" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:i/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00DE29E2" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
-              </w:rPr>
-              <w:t>Cadre réservé à l’administration</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE29E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LIBELLES</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE29E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DU COURS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
-[...12 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00D71963">
+        <w:trPr>
+          <w:trHeight w:val="265"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00154A54">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...9 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRPr="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:i/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...9 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154A54" w:rsidTr="00154A54">
-[...12 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00154A54">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidTr="00AA0A73">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...17 lines deleted...]
-          <w:p w:rsidR="00E167C5" w:rsidRDefault="00E167C5" w:rsidP="00E167C5">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00E167C5" w:rsidRDefault="00E167C5" w:rsidP="00E167C5">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00AA0A73" w:rsidP="00E167C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...1558 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00154A54" w:rsidRDefault="00154A54" w:rsidP="00E167C5">
+    <w:p w:rsidR="000C35B2" w:rsidRPr="00DE29E2" w:rsidRDefault="00154A54" w:rsidP="00D71963">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00154A54">
+      <w:r w:rsidRPr="00DE29E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*Code du cours disponible sur le livret pédagogique en ligne.</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00E21154" w:rsidRPr="00DE29E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000C35B2">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E21154" w:rsidRPr="00DE29E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71963" w:rsidRPr="00DE29E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C12627" w:rsidRPr="007C1F4F" w:rsidRDefault="00C12627" w:rsidP="00D71963">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>Date et Signature de l’étudiant :</w:t>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Je, soussigné____________________________________________certifie avoir pris connaissance des conditions particulières d’attribution du RSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0A73" w:rsidRPr="00D44445" w:rsidRDefault="00C12627" w:rsidP="00C12627">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fait le ___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1F4F" w:rsidRPr="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1F4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="001E60BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4510" w:type="dxa"/>
-[...13 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="6232" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4510"/>
+        <w:gridCol w:w="4224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E167C5" w:rsidRPr="000C35B2" w:rsidTr="000C35B2">
+      <w:tr w:rsidR="00D71963" w:rsidRPr="00D44445" w:rsidTr="007C1F4F">
         <w:trPr>
-          <w:trHeight w:val="1666"/>
-          <w:jc w:val="right"/>
+          <w:trHeight w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E167C5" w:rsidRPr="000C35B2" w:rsidRDefault="00E167C5" w:rsidP="000C35B2">
+            <w:tcW w:w="4224" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D71963" w:rsidRPr="00D44445" w:rsidRDefault="00D71963" w:rsidP="0080397B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...35 lines deleted...]
-        <w:bookmarkEnd w:id="0"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D71963" w:rsidRPr="00D44445" w:rsidRDefault="00D71963" w:rsidP="0080397B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D71963" w:rsidRDefault="00D71963" w:rsidP="0080397B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00573E67" w:rsidRPr="00D44445" w:rsidRDefault="00573E67" w:rsidP="0080397B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D71963" w:rsidRPr="00D44445" w:rsidRDefault="00D71963" w:rsidP="0080397B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C35B2" w:rsidRDefault="005746DE" w:rsidP="000C35B2">
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="00DE29E2" w:rsidRDefault="00DE29E2" w:rsidP="00D44445">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:i/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000C35B2" w:rsidRPr="00E167C5">
+          <w:i/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E60BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t>VISA du gestionnaire pédagogique de la formation</w:t>
+          <w:i/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>La demande déposée ne préjuge pas de sa recevabilité. La décision vous sera transmise par courriel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028372D" w:rsidRDefault="0028372D" w:rsidP="0028372D">
+    <w:p w:rsidR="00573E67" w:rsidRPr="001E60BD" w:rsidRDefault="00573E67" w:rsidP="00D44445">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9736"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidTr="001E60BD">
+        <w:trPr>
+          <w:trHeight w:val="3974"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9736" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00742209" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:left="720"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>REGLEMENTATION</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disposition G1 : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Par défaut, l’étudiant est soumis au </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>régime standard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ce régime implique (1) l’assiduité aux enseignements et/ou activités pédagogiques prévus dans le cadre de chaque EC ou UE et (2) le respect de l’ensemble des évaluations prévues dans le cadre de chaque EC ou UE. C’est la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">formule standard </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">du contrôle des connaissances et des compétences définie dans les M3C spécifiques qui s’applique alors. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En cas d’impossibilité de se soumettre au régime standard pour un ou plusieurs EC ou UE, l’étudiant sollicite le </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">régime dérogatoire </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pour ces EC ou UE. C’est la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">formule dérogatoire </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>du contrôle des connaissances et des compétences définie dans les M3C spécifiques qui s’applique alors.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disposition G2 : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Au vu de sa situation, un étudiant peut solliciter le </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>régime dérogatoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Pour cela, il doit déposer, dans les délais impartis (cf. le document</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Procédures</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et calendriers d’inscription à l’Université Paris Nanterre »), le formulaire prévu à cet effet avec l’ensemble des pièces justificatives. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’éligibilité au régime dérogatoire est vérifiée par le secrétariat pédagogique, sur la base des justificatifs transmis par l’étudiant qui se trouve dans l’une des situations évoquées </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>infra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ces pièces justificatives sont conservées dans le dossier de l’étudiant. Les responsables de formation et les enseignants sont </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>informé.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de l’ensemble des </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bénéficiant du régime dérogatoire. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRPr="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">En cas de changement important dans la situation personnelle ou professionnelle de l’étudiant au cours de l’année universitaire (par exemple, signature d’un contrat de travail), l’étudiant a la possibilité de solliciter, via le formulaire prévu à cet effet, un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>changement de régime</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. La demande est constituée auprès du secrétariat pédagogique, qui la soumet aux membres de l’équipe pédagogique dispensant le ou les enseignements concernés. En cas d’accord sur le changement de régime de l’étudiant, celui-ci sera définitif et ne pourra plus être modifié.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Personnes éligibles  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>chargé.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de famille</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou considérés comme aidants familiaux </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> justifiant d'une activité professionnelle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d'au moins 10 heures par semaine en moyenne, avec des créneaux objectivement incompatibles avec les emplois du temps de la formation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> autorisé.es à effectuer une période de césure </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en situation de handicap </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ayant des besoins éducatifs particuliers </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en situation de longue maladie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiantes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enceintes </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> exerçant des responsabilités au sein du bureau d'une association</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> accomplissant une activité militaire dans la réserve opérationnelle prévue au livre II de la quatrième partie du code de la défense </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> réalisant une mission dans le cadre du service civique mentionné à l'article L. 120-1 du code du service national ou un volontariat militaire prévu à l'article L. 121-1 du même code ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>élu.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans les conseils des établissements et des centres régionaux des </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>oeuvres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> universitaires et scolaires ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>inscrit.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans plusieurs cursus au sein de l’université Paris Nanterre ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bénéficiant du statut d'artiste</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidRDefault="00742209" w:rsidP="00742209">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>étudiant</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.e.s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sportive/sportif de haut niveau ou sportive/sportif d’excellence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRPr="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Disposition G5 : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les M3C spécifiques précisent, pour chacun des EC et/ou des UE, les modalités de contrôle des connaissances et compétences applicables pour les deux régimes, standard et dérogatoire. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D44445">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certains enseignements ou activités pédagogiques peuvent néanmoins, eu égard à leur spécificité (ateliers de pratiques, activités physiques et sportives…), n’être</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proposés qu’en formule standard.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D44445" w:rsidRPr="00D44445" w:rsidRDefault="00D44445" w:rsidP="00D44445">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00742209" w:rsidRPr="00D44445" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9736" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00742209" w:rsidRPr="00E21154" w:rsidRDefault="00742209" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21154">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RECOURS :</w:t>
+            </w:r>
+            <w:r w:rsidR="00E21154" w:rsidRPr="00E21154">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E21154">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E21154" w:rsidRPr="00E21154">
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vous pouvez déposer un recours auprès de la présidence de l’établissement dans un délai de 2 mois à compter de la décision. Le SVR s’appliquera pour ce type de recours.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00742209" w:rsidRDefault="00742209" w:rsidP="00E21154">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="lev"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="lev"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="lev"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="lev"/>
-        </w:rPr>
-        <w:t>Dans le respect du délai réglementaire (3 semaines après le début des cours)</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E60BD">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PIECES A FOURNIR :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028372D" w:rsidRDefault="0028372D" w:rsidP="0028372D">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="720" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="4876"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant chargé de famille ou considéré comme aidant familial</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Livret de famille (parent d’un enfant de moins de 12 ans) Attestation médicale justifiant de l’apport de soins à un ascendant ou un conjoint en longue maladie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant justifiant d'une activité professionnelle d'au moins 10 heures par semaine en moyenne, avec des créneaux objectivement incompatibles avec les emplois du temps de la formation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Contrat de travail pour les CDD Contrat de travail + attestation récente de l’employeur pour les CDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="001E60BD">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">étudiant en situation de handicap </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Fiche d’aménagements émanant du SUMP de Nanterre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="001E60BD">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">étudiant ayant des besoins éducatifs particuliers </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Fiche d’aménagements émanant du SUMP de Nanterre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant en situation de longue maladie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Fiche d’aménagements émanant du SUMP de Nanterre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiante enceinte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Fiche d’aménagements émanant du SUMP de Nanterre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant exerçant des responsabilités au sein du bureau d'une association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Attestation de l’association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant accomplissant une activité militaire dans la réserve opérationnelle prévue au livre II de la quatrième partie du code de la défense</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Attestation des autorités militaires</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant réalisant une mission dans le cadre du service civique ou un volontariat militaire ou en qualité de sapeur-pompiers volontaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Contrat d’engagement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant élu dans les conseils des établissements et des centres régionaux des œuvres universitaires et scolaires</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Attestation délivrée par l’établissement concerné + calendrier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant inscrit dans plusieurs cursus au sein de l’université Paris Nanterre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Certificats de scolarité des cursus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant bénéficiant du statut d'artiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Carte professionnelle de l’année en-cours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E60BD" w:rsidTr="001E60BD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="001E60BD" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F050"/>
+            </w:r>
+            <w:r w:rsidRPr="001E60BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>étudiant sportif de haut niveau ou sportif d’excellence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4876" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E60BD" w:rsidRPr="006429D8" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="lev"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006429D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Justificatif du statut de l’année en-cours visé par le SUAPS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001E60BD" w:rsidRPr="00D44445" w:rsidRDefault="001E60BD" w:rsidP="00E21154">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...21 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0028372D" w:rsidRDefault="0028372D" w:rsidP="0028372D">
-[...520 lines deleted...]
-    <w:sectPr w:rsidR="0028372D" w:rsidSect="006E480E">
+    <w:sectPr w:rsidR="001E60BD" w:rsidRPr="00D44445" w:rsidSect="006E480E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3361,64 +3552,85 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="084731FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB068F02"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4176,138 +4388,159 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="90"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0014484E"/>
+    <w:rsid w:val="000169AA"/>
     <w:rsid w:val="000910BB"/>
     <w:rsid w:val="000C35B2"/>
     <w:rsid w:val="00107A65"/>
     <w:rsid w:val="0014484E"/>
     <w:rsid w:val="00154A54"/>
+    <w:rsid w:val="001E60BD"/>
     <w:rsid w:val="00241E15"/>
     <w:rsid w:val="0028372D"/>
     <w:rsid w:val="002F3E2D"/>
     <w:rsid w:val="00392186"/>
+    <w:rsid w:val="003A5B5B"/>
     <w:rsid w:val="003C0757"/>
     <w:rsid w:val="003C7675"/>
     <w:rsid w:val="003E69D6"/>
     <w:rsid w:val="00402FA2"/>
     <w:rsid w:val="00417D9E"/>
     <w:rsid w:val="00422F0B"/>
     <w:rsid w:val="00437B87"/>
     <w:rsid w:val="00446B41"/>
+    <w:rsid w:val="00450942"/>
     <w:rsid w:val="004A2827"/>
     <w:rsid w:val="004A5B11"/>
+    <w:rsid w:val="004B4D42"/>
     <w:rsid w:val="00510FA6"/>
     <w:rsid w:val="00517A72"/>
     <w:rsid w:val="00537F4F"/>
     <w:rsid w:val="00565EAA"/>
+    <w:rsid w:val="00573E67"/>
     <w:rsid w:val="005746DE"/>
     <w:rsid w:val="006100B3"/>
     <w:rsid w:val="0062301D"/>
     <w:rsid w:val="00633EB2"/>
+    <w:rsid w:val="006429D8"/>
+    <w:rsid w:val="006446D4"/>
     <w:rsid w:val="00664B3D"/>
     <w:rsid w:val="006D0B0D"/>
     <w:rsid w:val="006E480E"/>
     <w:rsid w:val="007005A3"/>
     <w:rsid w:val="007103F6"/>
+    <w:rsid w:val="00742209"/>
     <w:rsid w:val="00756B47"/>
     <w:rsid w:val="00784A7F"/>
     <w:rsid w:val="00795589"/>
+    <w:rsid w:val="007C1F4F"/>
     <w:rsid w:val="007E0863"/>
+    <w:rsid w:val="0080397B"/>
     <w:rsid w:val="0084537B"/>
     <w:rsid w:val="008478AA"/>
+    <w:rsid w:val="008778C2"/>
     <w:rsid w:val="0088136F"/>
     <w:rsid w:val="008920A2"/>
     <w:rsid w:val="008F3010"/>
     <w:rsid w:val="008F402A"/>
     <w:rsid w:val="00900912"/>
+    <w:rsid w:val="00923C58"/>
     <w:rsid w:val="009B400D"/>
     <w:rsid w:val="00A06EC4"/>
     <w:rsid w:val="00A42BE4"/>
     <w:rsid w:val="00AA03C5"/>
+    <w:rsid w:val="00AA0A73"/>
+    <w:rsid w:val="00AA22DB"/>
     <w:rsid w:val="00B60753"/>
     <w:rsid w:val="00BE1F8F"/>
     <w:rsid w:val="00C04CB1"/>
+    <w:rsid w:val="00C12627"/>
     <w:rsid w:val="00C476B5"/>
     <w:rsid w:val="00C554A3"/>
     <w:rsid w:val="00C6303C"/>
     <w:rsid w:val="00CA1623"/>
+    <w:rsid w:val="00CE4957"/>
     <w:rsid w:val="00D24DB8"/>
+    <w:rsid w:val="00D44445"/>
+    <w:rsid w:val="00D71963"/>
     <w:rsid w:val="00DD598F"/>
     <w:rsid w:val="00DD6E90"/>
+    <w:rsid w:val="00DE29E2"/>
     <w:rsid w:val="00E167C5"/>
+    <w:rsid w:val="00E16AB5"/>
+    <w:rsid w:val="00E21154"/>
     <w:rsid w:val="00E56A7E"/>
     <w:rsid w:val="00ED19EB"/>
     <w:rsid w:val="00F9083F"/>
     <w:rsid w:val="00FE7CF6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="75B5D850"/>
+  <w14:docId w14:val="080905FC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C7DDDC01-CC35-4722-9FBC-FE2D16D7F3C5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4786,61 +5019,76 @@
   <w:style w:type="character" w:styleId="lev">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00664B3D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00664B3D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0028372D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00D44445"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="706875123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1686975114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -4866,51 +5114,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="2050103427">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufr-phillia.parisnanterre.fr/formation-et-scolarite/inscriptions/doc-derogatoire-phillia" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5139,82 +5387,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FF3CD65-3D54-4183-9FE8-54A3E4EA6AAE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09871FE8-86A1-47D7-AF7F-40099F8097DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2742</Characters>
+  <Pages>3</Pages>
+  <Words>1040</Words>
+  <Characters>5720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3234</CharactersWithSpaces>
+  <CharactersWithSpaces>6747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Silva semedo costa Joyce</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>